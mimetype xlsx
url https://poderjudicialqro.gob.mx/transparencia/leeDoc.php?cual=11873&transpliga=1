--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\GisePC\ACTUALIZACIÓN PORTAL INSTITUCIONAL\Datos Abiertos 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D62386F-2F24-4643-8D4D-5B810B8EAEDE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BADF4C46-02DF-4F54-8807-4532180D7F4A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="15600" windowHeight="11040" xr2:uid="{5F3EF466-8F7D-4F55-BE0C-0BC392CA18AF}"/>
   </bookViews>
   <sheets>
     <sheet name="Visitaduria" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -116,51 +116,51 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Raleway"/>
       </rPr>
       <t>IPRA</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Raleway"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Informe de Presunta Responsabilidad Administrativa) enviados</t>
     </r>
   </si>
   <si>
     <t>Iniciados</t>
   </si>
   <si>
     <t>IPRA</t>
   </si>
   <si>
-    <t>Septiembre</t>
+    <t>Noviembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -600,123 +600,123 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="5" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="3" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...64 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
@@ -999,246 +999,272 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C61F6CDA-597F-4B27-905B-648A7A8C7C66}">
   <dimension ref="A1:D21"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5:C5"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D20" sqref="D20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="28.5703125" customWidth="1"/>
     <col min="3" max="3" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="16" t="s">
+      <c r="A1" s="38" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="16"/>
-      <c r="C1" s="16"/>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
     </row>
     <row r="2" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="16" t="s">
+      <c r="A2" s="38" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="16"/>
-      <c r="C2" s="16"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
     </row>
     <row r="3" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A3" s="16">
+      <c r="A3" s="38">
         <v>2025</v>
       </c>
-      <c r="B3" s="16"/>
-      <c r="C3" s="16"/>
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
     </row>
     <row r="4" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="17" t="s">
+      <c r="B5" s="39" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="18"/>
+      <c r="C5" s="40"/>
     </row>
     <row r="6" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="7" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="29" t="s">
+      <c r="B7" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="29"/>
+      <c r="C7" s="23"/>
       <c r="D7" s="11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A8" s="19" t="s">
+      <c r="A8" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="30" t="s">
+      <c r="B8" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="31"/>
-      <c r="D8" s="3"/>
+      <c r="C8" s="25"/>
+      <c r="D8" s="3">
+        <v>6</v>
+      </c>
     </row>
     <row r="9" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A9" s="20"/>
-      <c r="B9" s="32" t="s">
+      <c r="A9" s="36"/>
+      <c r="B9" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="33"/>
-      <c r="D9" s="4"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="4">
+        <v>7</v>
+      </c>
     </row>
     <row r="10" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="21"/>
-      <c r="B10" s="34" t="s">
+      <c r="A10" s="37"/>
+      <c r="B10" s="28" t="s">
         <v>8</v>
       </c>
-      <c r="C10" s="35"/>
-      <c r="D10" s="5"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="5">
+        <v>0</v>
+      </c>
     </row>
     <row r="11" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A11" s="19" t="s">
+      <c r="A11" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="B11" s="30" t="s">
+      <c r="B11" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="31"/>
-      <c r="D11" s="3"/>
+      <c r="C11" s="25"/>
+      <c r="D11" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="12" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A12" s="20"/>
-      <c r="B12" s="32" t="s">
+      <c r="A12" s="36"/>
+      <c r="B12" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="C12" s="33"/>
-      <c r="D12" s="4"/>
+      <c r="C12" s="27"/>
+      <c r="D12" s="4">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="21"/>
-      <c r="B13" s="34" t="s">
+      <c r="A13" s="37"/>
+      <c r="B13" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="C13" s="35"/>
-      <c r="D13" s="5"/>
+      <c r="C13" s="29"/>
+      <c r="D13" s="5">
+        <v>6</v>
+      </c>
     </row>
     <row r="14" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="22" t="s">
+      <c r="A14" s="16" t="s">
         <v>17</v>
       </c>
-      <c r="B14" s="36" t="s">
+      <c r="B14" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="C14" s="37"/>
-      <c r="D14" s="13"/>
+      <c r="C14" s="31"/>
+      <c r="D14" s="13">
+        <v>9</v>
+      </c>
     </row>
     <row r="15" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A15" s="23"/>
-      <c r="B15" s="38" t="s">
+      <c r="A15" s="17"/>
+      <c r="B15" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="C15" s="39"/>
-      <c r="D15" s="6"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="6">
+        <v>64</v>
+      </c>
     </row>
     <row r="16" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A16" s="23"/>
-      <c r="B16" s="40" t="s">
+      <c r="A16" s="17"/>
+      <c r="B16" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="C16" s="33"/>
-      <c r="D16" s="4"/>
+      <c r="C16" s="27"/>
+      <c r="D16" s="4">
+        <v>5</v>
+      </c>
     </row>
     <row r="17" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="23"/>
-      <c r="B17" s="38" t="s">
+      <c r="A17" s="17"/>
+      <c r="B17" s="32" t="s">
         <v>10</v>
       </c>
-      <c r="C17" s="39"/>
-      <c r="D17" s="6"/>
+      <c r="C17" s="33"/>
+      <c r="D17" s="6">
+        <v>28</v>
+      </c>
     </row>
     <row r="18" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="23"/>
-      <c r="B18" s="27" t="s">
+      <c r="A18" s="17"/>
+      <c r="B18" s="21" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="9"/>
+      <c r="D18" s="9">
+        <v>1</v>
+      </c>
     </row>
     <row r="19" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="23"/>
-      <c r="B19" s="28"/>
+      <c r="A19" s="17"/>
+      <c r="B19" s="22"/>
       <c r="C19" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="D19" s="12"/>
+      <c r="D19" s="12">
+        <v>0</v>
+      </c>
     </row>
     <row r="20" spans="1:4" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="24"/>
-      <c r="B20" s="25" t="s">
+      <c r="A20" s="18"/>
+      <c r="B20" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="C20" s="26"/>
-      <c r="D20" s="14"/>
+      <c r="C20" s="20"/>
+      <c r="D20" s="14">
+        <v>0</v>
+      </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="7"/>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A3:C3"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="A8:A10"/>
     <mergeCell ref="A14:A20"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="A11:A13"/>
-    <mergeCell ref="A1:C1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A8:A10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Visitaduria</vt:lpstr>
     </vt:vector>