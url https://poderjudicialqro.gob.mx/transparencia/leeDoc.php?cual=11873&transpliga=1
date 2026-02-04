--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\GisePC\ACTUALIZACIÓN PORTAL INSTITUCIONAL\Datos Abiertos 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BADF4C46-02DF-4F54-8807-4532180D7F4A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AF4A2D2B-E9E8-4C20-8FE2-EFFC9D8F5B60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="15600" windowHeight="11040" xr2:uid="{5F3EF466-8F7D-4F55-BE0C-0BC392CA18AF}"/>
   </bookViews>
   <sheets>
     <sheet name="Visitaduria" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -116,51 +116,51 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Raleway"/>
       </rPr>
       <t>IPRA</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Raleway"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Informe de Presunta Responsabilidad Administrativa) enviados</t>
     </r>
   </si>
   <si>
     <t>Iniciados</t>
   </si>
   <si>
     <t>IPRA</t>
   </si>
   <si>
-    <t>Noviembre</t>
+    <t>Diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -1065,157 +1065,157 @@
       </c>
       <c r="C5" s="40"/>
     </row>
     <row r="6" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="7" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="23" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="23"/>
       <c r="D7" s="11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A8" s="35" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="25"/>
       <c r="D8" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A9" s="36"/>
       <c r="B9" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="27"/>
       <c r="D9" s="4">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="37"/>
       <c r="B10" s="28" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="29"/>
       <c r="D10" s="5">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="35" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="25"/>
       <c r="D11" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="36"/>
       <c r="B12" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="27"/>
       <c r="D12" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="37"/>
       <c r="B13" s="28" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="29"/>
       <c r="D13" s="5">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="31"/>
       <c r="D14" s="13">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A15" s="17"/>
       <c r="B15" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="33"/>
       <c r="D15" s="6">
-        <v>64</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A16" s="17"/>
       <c r="B16" s="34" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="27"/>
       <c r="D16" s="4">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="17"/>
       <c r="B17" s="32" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="33"/>
       <c r="D17" s="6">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="17"/>
       <c r="B18" s="21" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="17"/>
       <c r="B19" s="22"/>
       <c r="C19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="18"/>
       <c r="B20" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="20"/>
       <c r="D20" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="7"/>
       <c r="B21" s="7"/>