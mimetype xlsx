--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\GisePC\ACTUALIZACIÓN PORTAL INSTITUCIONAL\Datos Abiertos 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\VISITADOR GENERAL\ACTUALIZACIÓN PORTAL INSTITUCIONAL\Datos Abiertos 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AF4A2D2B-E9E8-4C20-8FE2-EFFC9D8F5B60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{65C5206E-40B3-4030-B781-A12DF96E8A96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="15600" windowHeight="11040" xr2:uid="{5F3EF466-8F7D-4F55-BE0C-0BC392CA18AF}"/>
   </bookViews>
   <sheets>
     <sheet name="Visitaduria" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -116,51 +116,51 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Raleway"/>
       </rPr>
       <t>IPRA</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Raleway"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Informe de Presunta Responsabilidad Administrativa) enviados</t>
     </r>
   </si>
   <si>
     <t>Iniciados</t>
   </si>
   <si>
     <t>IPRA</t>
   </si>
   <si>
-    <t>Diciembre</t>
+    <t>Febrero</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -1000,242 +1000,242 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C61F6CDA-597F-4B27-905B-648A7A8C7C66}">
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="D20" sqref="D20"/>
+      <selection activeCell="E20" sqref="E20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="28.5703125" customWidth="1"/>
     <col min="3" max="3" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="38" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="38"/>
       <c r="C1" s="38"/>
     </row>
     <row r="2" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A2" s="38" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
     </row>
     <row r="3" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A3" s="38">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" s="38"/>
       <c r="C3" s="38"/>
     </row>
     <row r="4" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="39" t="s">
         <v>22</v>
       </c>
       <c r="C5" s="40"/>
     </row>
     <row r="6" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="7" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="23" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="23"/>
       <c r="D7" s="11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A8" s="35" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="25"/>
       <c r="D8" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A9" s="36"/>
       <c r="B9" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="27"/>
       <c r="D9" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="37"/>
       <c r="B10" s="28" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="29"/>
       <c r="D10" s="5">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="35" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="25"/>
       <c r="D11" s="3">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="36"/>
       <c r="B12" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="27"/>
       <c r="D12" s="4">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="37"/>
       <c r="B13" s="28" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="29"/>
       <c r="D13" s="5">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="31"/>
       <c r="D14" s="13">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A15" s="17"/>
       <c r="B15" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="33"/>
       <c r="D15" s="6">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A16" s="17"/>
       <c r="B16" s="34" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="27"/>
       <c r="D16" s="4">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="17"/>
       <c r="B17" s="32" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="33"/>
       <c r="D17" s="6">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="17"/>
       <c r="B18" s="21" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="17"/>
       <c r="B19" s="22"/>
       <c r="C19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="12">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="18"/>
       <c r="B20" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="20"/>
       <c r="D20" s="14">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="7"/>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="A8:A10"/>
     <mergeCell ref="A14:A20"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:C14"/>