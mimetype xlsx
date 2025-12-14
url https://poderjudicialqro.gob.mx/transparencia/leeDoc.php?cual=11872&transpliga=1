--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -8,80 +8,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\FORMATOS FER\Estadistica 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5130E71A-CD26-4507-8BE5-F00F036F8078}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3BE72FB3-EA5F-4A43-85EE-2F59432CE2AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{60D7AEBD-287A-4E3E-A059-A6A5CAAC3023}"/>
   </bookViews>
   <sheets>
     <sheet name="2023" sheetId="4" r:id="rId1"/>
     <sheet name="2024" sheetId="1" r:id="rId2"/>
     <sheet name="2025" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L18" i="2" l="1"/>
+  <c r="L21" i="2" l="1"/>
+  <c r="H21" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="L20" i="2"/>
+  <c r="H20" i="2"/>
+  <c r="E20" i="2"/>
+  <c r="L19" i="2"/>
+  <c r="H19" i="2"/>
+  <c r="E19" i="2"/>
+  <c r="L18" i="2"/>
   <c r="H18" i="2"/>
   <c r="E18" i="2"/>
   <c r="L17" i="2"/>
   <c r="H17" i="2"/>
   <c r="E17" i="2"/>
   <c r="L14" i="2"/>
   <c r="L15" i="2"/>
   <c r="L16" i="2"/>
   <c r="H14" i="2"/>
   <c r="E14" i="2"/>
   <c r="E15" i="2"/>
   <c r="E16" i="2"/>
   <c r="H12" i="2"/>
   <c r="H13" i="2"/>
   <c r="H15" i="2"/>
   <c r="H16" i="2"/>
   <c r="E13" i="2"/>
   <c r="L13" i="2"/>
   <c r="L12" i="2"/>
   <c r="L11" i="2"/>
   <c r="E12" i="2"/>
   <c r="E11" i="2"/>
   <c r="H11" i="2"/>
   <c r="K23" i="2"/>
   <c r="J23" i="2"/>
@@ -241,51 +250,51 @@
   <si>
     <t>Noviembre</t>
   </si>
   <si>
     <t>Diciembre</t>
   </si>
   <si>
     <t>Total de solicitudes</t>
   </si>
   <si>
     <t>Número de solicitudes recibidos en el mes</t>
   </si>
   <si>
     <t xml:space="preserve">Numero de solicitudes concluidas </t>
   </si>
   <si>
     <t>Número de solicitudes en trámite al cierre del mes</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Año reportado:</t>
   </si>
   <si>
-    <t>enero-agosto</t>
+    <t>enero-noviembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -2631,52 +2640,52 @@
       <c r="I39" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A25:L25"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA543D6F-F8A4-438B-BE69-E69B5244C1AD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L44"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" workbookViewId="0">
-      <selection activeCell="I31" sqref="I31"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="K21" sqref="K21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.85546875" customWidth="1"/>
     <col min="2" max="12" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
       <c r="I1" s="29"/>
       <c r="J1" s="29"/>
       <c r="K1" s="29"/>
       <c r="L1" s="29"/>
     </row>
     <row r="2" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
@@ -2846,51 +2855,51 @@
     </row>
     <row r="12" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="12">
         <v>3</v>
       </c>
       <c r="C12" s="13">
         <v>4</v>
       </c>
       <c r="D12" s="13">
         <v>19</v>
       </c>
       <c r="E12" s="10">
         <f>D12+C12+B12</f>
         <v>26</v>
       </c>
       <c r="F12" s="12">
         <v>19</v>
       </c>
       <c r="G12" s="13">
         <v>7</v>
       </c>
       <c r="H12" s="10">
-        <f t="shared" ref="H12:H19" si="0">F12+G12</f>
+        <f t="shared" ref="H12:H21" si="0">F12+G12</f>
         <v>26</v>
       </c>
       <c r="I12" s="12">
         <v>5</v>
       </c>
       <c r="J12" s="13">
         <v>17</v>
       </c>
       <c r="K12" s="13">
         <v>4</v>
       </c>
       <c r="L12" s="10">
         <f>K12+J12+I12</f>
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>7</v>
       </c>
       <c r="C13" s="9">
         <v>1</v>
@@ -2918,74 +2927,74 @@
       <c r="J13" s="9">
         <v>7</v>
       </c>
       <c r="K13" s="9">
         <v>11</v>
       </c>
       <c r="L13" s="10">
         <f>K13+J13+I13</f>
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="12">
         <v>2</v>
       </c>
       <c r="C14" s="13">
         <v>1</v>
       </c>
       <c r="D14" s="13">
         <v>28</v>
       </c>
       <c r="E14" s="10">
-        <f t="shared" ref="E14:E19" si="1">D14+C14+B14</f>
+        <f t="shared" ref="E14:E21" si="1">D14+C14+B14</f>
         <v>31</v>
       </c>
       <c r="F14" s="12">
         <v>25</v>
       </c>
       <c r="G14" s="13">
         <v>6</v>
       </c>
       <c r="H14" s="10">
         <f>F14+G14</f>
         <v>31</v>
       </c>
       <c r="I14" s="12">
         <v>14</v>
       </c>
       <c r="J14" s="13">
         <v>10</v>
       </c>
       <c r="K14" s="13">
         <v>7</v>
       </c>
       <c r="L14" s="10">
-        <f t="shared" ref="L14:L19" si="2">K14+J14+I14</f>
+        <f t="shared" ref="L14:L21" si="2">K14+J14+I14</f>
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>2</v>
       </c>
       <c r="C15" s="9">
         <v>0</v>
       </c>
       <c r="D15" s="9">
         <v>20</v>
       </c>
       <c r="E15" s="10">
         <f t="shared" si="1"/>
         <v>22</v>
       </c>
       <c r="F15" s="8">
         <v>20</v>
       </c>
       <c r="G15" s="9">
         <v>2</v>
@@ -3113,157 +3122,232 @@
       <c r="G18" s="13">
         <v>5</v>
       </c>
       <c r="H18" s="10">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="I18" s="12">
         <v>10</v>
       </c>
       <c r="J18" s="13">
         <v>12</v>
       </c>
       <c r="K18" s="13">
         <v>2</v>
       </c>
       <c r="L18" s="14">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="B19" s="8"/>
-[...9 lines deleted...]
-      <c r="L19" s="10"/>
+      <c r="B19" s="8">
+        <v>2</v>
+      </c>
+      <c r="C19" s="9">
+        <v>1</v>
+      </c>
+      <c r="D19" s="9">
+        <v>48</v>
+      </c>
+      <c r="E19" s="10">
+        <f t="shared" si="1"/>
+        <v>51</v>
+      </c>
+      <c r="F19" s="8">
+        <v>47</v>
+      </c>
+      <c r="G19" s="9">
+        <v>4</v>
+      </c>
+      <c r="H19" s="10">
+        <f t="shared" si="0"/>
+        <v>51</v>
+      </c>
+      <c r="I19" s="8">
+        <v>31</v>
+      </c>
+      <c r="J19" s="9">
+        <v>16</v>
+      </c>
+      <c r="K19" s="9">
+        <v>4</v>
+      </c>
+      <c r="L19" s="10">
+        <f t="shared" si="2"/>
+        <v>51</v>
+      </c>
     </row>
     <row r="20" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B20" s="12"/>
-[...9 lines deleted...]
-      <c r="L20" s="14"/>
+      <c r="B20" s="12">
+        <v>6</v>
+      </c>
+      <c r="C20" s="13">
+        <v>2</v>
+      </c>
+      <c r="D20" s="13">
+        <v>22</v>
+      </c>
+      <c r="E20" s="10">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+      <c r="F20" s="12">
+        <v>20</v>
+      </c>
+      <c r="G20" s="13">
+        <v>10</v>
+      </c>
+      <c r="H20" s="10">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="I20" s="12">
+        <v>10</v>
+      </c>
+      <c r="J20" s="13">
+        <v>14</v>
+      </c>
+      <c r="K20" s="13">
+        <v>6</v>
+      </c>
+      <c r="L20" s="14">
+        <f t="shared" si="2"/>
+        <v>30</v>
+      </c>
     </row>
     <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="B21" s="8"/>
-[...9 lines deleted...]
-      <c r="L21" s="10"/>
+      <c r="B21" s="8">
+        <v>6</v>
+      </c>
+      <c r="C21" s="9">
+        <v>1</v>
+      </c>
+      <c r="D21" s="9">
+        <v>10</v>
+      </c>
+      <c r="E21" s="10">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="F21" s="8">
+        <v>10</v>
+      </c>
+      <c r="G21" s="9">
+        <v>7</v>
+      </c>
+      <c r="H21" s="10">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="I21" s="8">
+        <v>11</v>
+      </c>
+      <c r="J21" s="9">
+        <v>4</v>
+      </c>
+      <c r="K21" s="9">
+        <v>2</v>
+      </c>
+      <c r="L21" s="10">
+        <f t="shared" si="2"/>
+        <v>17</v>
+      </c>
     </row>
     <row r="22" spans="1:12" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="16"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="10"/>
       <c r="F22" s="16"/>
       <c r="G22" s="17"/>
       <c r="H22" s="18"/>
       <c r="I22" s="16"/>
       <c r="J22" s="17"/>
       <c r="K22" s="17"/>
       <c r="L22" s="18"/>
     </row>
     <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.35">
       <c r="A23" s="26" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="27">
         <f>SUM(B11:B22)</f>
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C23" s="27">
         <f t="shared" ref="C23:L23" si="3">SUM(C11:C22)</f>
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="3"/>
-        <v>167</v>
+        <v>247</v>
       </c>
       <c r="E23" s="27">
         <f>SUM(E11:E22)</f>
-        <v>205</v>
+        <v>303</v>
       </c>
       <c r="F23" s="27">
         <f t="shared" si="3"/>
-        <v>162</v>
+        <v>239</v>
       </c>
       <c r="G23" s="27">
         <f t="shared" si="3"/>
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="H23" s="27">
         <f t="shared" si="3"/>
-        <v>205</v>
+        <v>303</v>
       </c>
       <c r="I23" s="27">
         <f t="shared" si="3"/>
-        <v>87</v>
+        <v>139</v>
       </c>
       <c r="J23" s="27">
         <f t="shared" si="3"/>
-        <v>68</v>
+        <v>102</v>
       </c>
       <c r="K23" s="27">
         <f t="shared" si="3"/>
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="L23" s="27">
         <f t="shared" si="3"/>
-        <v>205</v>
+        <v>303</v>
       </c>
     </row>
     <row r="44" spans="11:11" x14ac:dyDescent="0.25">
       <c r="K44">
         <v>167</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="14" scale="64" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">