--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -8,80 +8,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\FORMATOS FER\Estadistica 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3BE72FB3-EA5F-4A43-85EE-2F59432CE2AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A863431B-909E-4604-92FD-AF54EFED7271}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{60D7AEBD-287A-4E3E-A059-A6A5CAAC3023}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{60D7AEBD-287A-4E3E-A059-A6A5CAAC3023}"/>
   </bookViews>
   <sheets>
     <sheet name="2023" sheetId="4" r:id="rId1"/>
     <sheet name="2024" sheetId="1" r:id="rId2"/>
     <sheet name="2025" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L21" i="2" l="1"/>
+  <c r="L22" i="2" l="1"/>
+  <c r="H22" i="2"/>
+  <c r="E22" i="2"/>
+  <c r="L21" i="2"/>
   <c r="H21" i="2"/>
   <c r="E21" i="2"/>
   <c r="L20" i="2"/>
   <c r="H20" i="2"/>
   <c r="E20" i="2"/>
   <c r="L19" i="2"/>
   <c r="H19" i="2"/>
   <c r="E19" i="2"/>
   <c r="L18" i="2"/>
   <c r="H18" i="2"/>
   <c r="E18" i="2"/>
   <c r="L17" i="2"/>
   <c r="H17" i="2"/>
   <c r="E17" i="2"/>
   <c r="L14" i="2"/>
   <c r="L15" i="2"/>
   <c r="L16" i="2"/>
   <c r="H14" i="2"/>
   <c r="E14" i="2"/>
   <c r="E15" i="2"/>
   <c r="E16" i="2"/>
   <c r="H12" i="2"/>
   <c r="H13" i="2"/>
   <c r="H15" i="2"/>
   <c r="H16" i="2"/>
@@ -143,61 +146,58 @@
   <c r="L16" i="4"/>
   <c r="H16" i="4"/>
   <c r="E16" i="4"/>
   <c r="L15" i="4"/>
   <c r="H15" i="4"/>
   <c r="E15" i="4"/>
   <c r="L14" i="4"/>
   <c r="H14" i="4"/>
   <c r="E14" i="4"/>
   <c r="L13" i="4"/>
   <c r="H13" i="4"/>
   <c r="E13" i="4"/>
   <c r="L12" i="4"/>
   <c r="H12" i="4"/>
   <c r="E12" i="4"/>
   <c r="L11" i="4"/>
   <c r="H11" i="4"/>
   <c r="E11" i="4"/>
   <c r="L23" i="2" l="1"/>
   <c r="E23" i="2"/>
   <c r="H23" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="37">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Datos estadísticos de la Unidad de Transparencia y Acceso a la Información Pública</t>
   </si>
   <si>
-    <t>Mes reportado:</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Solicitudes de acceso a la información y datos personales </t>
   </si>
   <si>
     <t>Medio por el que fue presentada la solicitud</t>
   </si>
   <si>
     <t>Tipo de solicitud</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t xml:space="preserve">Oficinas de la Unidad </t>
   </si>
   <si>
     <t xml:space="preserve">Correo electrónico </t>
   </si>
   <si>
     <t>PNT</t>
   </si>
   <si>
     <t>Total</t>
@@ -250,51 +250,57 @@
   <si>
     <t>Noviembre</t>
   </si>
   <si>
     <t>Diciembre</t>
   </si>
   <si>
     <t>Total de solicitudes</t>
   </si>
   <si>
     <t>Número de solicitudes recibidos en el mes</t>
   </si>
   <si>
     <t xml:space="preserve">Numero de solicitudes concluidas </t>
   </si>
   <si>
     <t>Número de solicitudes en trámite al cierre del mes</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Año reportado:</t>
   </si>
   <si>
-    <t>enero-noviembre</t>
+    <t xml:space="preserve">enero-diciembre </t>
+  </si>
+  <si>
+    <t>Solicitante</t>
+  </si>
+  <si>
+    <t>meses reportados</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -1034,51 +1040,51 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA027E1C-3072-427D-A6F9-0930FE142572}">
   <dimension ref="A1:L39"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.85546875" customWidth="1"/>
     <col min="2" max="12" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
       <c r="I1" s="29"/>
       <c r="J1" s="29"/>
       <c r="K1" s="29"/>
       <c r="L1" s="29"/>
     </row>
@@ -1098,631 +1104,631 @@
       <c r="K2" s="29"/>
       <c r="L2" s="29"/>
     </row>
     <row r="3" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A3" s="29">
         <v>2023</v>
       </c>
       <c r="B3" s="29"/>
       <c r="C3" s="29"/>
       <c r="D3" s="29"/>
       <c r="E3" s="29"/>
       <c r="F3" s="29"/>
       <c r="G3" s="29"/>
       <c r="H3" s="29"/>
       <c r="I3" s="29"/>
       <c r="J3" s="29"/>
       <c r="K3" s="29"/>
       <c r="L3" s="29"/>
     </row>
     <row r="4" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B5" s="30">
         <v>2023</v>
       </c>
       <c r="C5" s="31"/>
       <c r="D5" s="31"/>
     </row>
     <row r="6" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
     </row>
     <row r="7" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="28" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B7" s="28"/>
       <c r="C7" s="28"/>
       <c r="D7" s="28"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="28"/>
       <c r="I7" s="28"/>
       <c r="J7" s="28"/>
       <c r="K7" s="28"/>
       <c r="L7" s="28"/>
     </row>
     <row r="8" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:12" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C9" s="33"/>
       <c r="D9" s="33"/>
       <c r="E9" s="34"/>
       <c r="F9" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G9" s="33"/>
       <c r="H9" s="34"/>
       <c r="I9" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J9" s="33"/>
       <c r="K9" s="33"/>
       <c r="L9" s="34"/>
     </row>
     <row r="10" spans="1:12" ht="36" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="5" t="s">
+      <c r="C10" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="E10" s="6" t="s">
+      <c r="F10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="G10" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="H10" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="H10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="J10" s="2" t="s">
+      <c r="K10" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="K10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L10" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B11" s="8">
         <v>2</v>
       </c>
       <c r="C11" s="9">
         <v>2</v>
       </c>
       <c r="D11" s="9">
         <v>47</v>
       </c>
       <c r="E11" s="10">
         <f>D11+C11+B11</f>
         <v>51</v>
       </c>
       <c r="F11" s="8">
         <v>49</v>
       </c>
       <c r="G11" s="9">
         <v>2</v>
       </c>
       <c r="H11" s="10">
         <f>F11+G11</f>
         <v>51</v>
       </c>
       <c r="I11" s="8">
         <v>12</v>
       </c>
       <c r="J11" s="9">
         <v>24</v>
       </c>
       <c r="K11" s="9">
         <v>15</v>
       </c>
       <c r="L11" s="10">
         <f>K11+J11+I11</f>
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B12" s="12">
         <v>1</v>
       </c>
       <c r="C12" s="13">
         <v>0</v>
       </c>
       <c r="D12" s="13">
         <v>32</v>
       </c>
       <c r="E12" s="10">
         <f t="shared" ref="E12:E22" si="0">D12+C12+B12</f>
         <v>33</v>
       </c>
       <c r="F12" s="12">
         <v>33</v>
       </c>
       <c r="G12" s="13">
         <v>0</v>
       </c>
       <c r="H12" s="10">
         <f t="shared" ref="H12:H22" si="1">F12+G12</f>
         <v>33</v>
       </c>
       <c r="I12" s="12">
         <v>9</v>
       </c>
       <c r="J12" s="13">
         <v>15</v>
       </c>
       <c r="K12" s="13">
         <v>9</v>
       </c>
       <c r="L12" s="10">
         <f>K12+J12+I12</f>
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B13" s="8">
         <v>2</v>
       </c>
       <c r="C13" s="9">
         <v>4</v>
       </c>
       <c r="D13" s="9">
         <v>34</v>
       </c>
       <c r="E13" s="10">
         <f t="shared" si="0"/>
         <v>40</v>
       </c>
       <c r="F13" s="8">
         <v>37</v>
       </c>
       <c r="G13" s="9">
         <v>0</v>
       </c>
       <c r="H13" s="10">
         <f t="shared" si="1"/>
         <v>37</v>
       </c>
       <c r="I13" s="8">
         <v>9</v>
       </c>
       <c r="J13" s="9">
         <v>23</v>
       </c>
       <c r="K13" s="9">
         <v>8</v>
       </c>
       <c r="L13" s="10">
         <f t="shared" ref="L13:L22" si="2">K13+J13+I13</f>
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B14" s="12">
         <v>1</v>
       </c>
       <c r="C14" s="13">
         <v>0</v>
       </c>
       <c r="D14" s="13">
         <v>51</v>
       </c>
       <c r="E14" s="10">
         <f t="shared" si="0"/>
         <v>52</v>
       </c>
       <c r="F14" s="12">
         <v>52</v>
       </c>
       <c r="G14" s="13">
         <v>0</v>
       </c>
       <c r="H14" s="10">
         <f t="shared" si="1"/>
         <v>52</v>
       </c>
       <c r="I14" s="12">
         <v>24</v>
       </c>
       <c r="J14" s="13">
         <v>4</v>
       </c>
       <c r="K14" s="13">
         <v>24</v>
       </c>
       <c r="L14" s="10">
         <f t="shared" si="2"/>
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B15" s="8">
         <v>0</v>
       </c>
       <c r="C15" s="9">
         <v>2</v>
       </c>
       <c r="D15" s="9">
         <v>41</v>
       </c>
       <c r="E15" s="10">
         <f t="shared" si="0"/>
         <v>43</v>
       </c>
       <c r="F15" s="8">
         <v>41</v>
       </c>
       <c r="G15" s="9">
         <v>2</v>
       </c>
       <c r="H15" s="10">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="I15" s="8">
         <v>19</v>
       </c>
       <c r="J15" s="9">
         <v>17</v>
       </c>
       <c r="K15" s="9">
         <v>7</v>
       </c>
       <c r="L15" s="10">
         <f t="shared" si="2"/>
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B16" s="12">
         <v>0</v>
       </c>
       <c r="C16" s="13">
         <v>1</v>
       </c>
       <c r="D16" s="13">
         <v>12</v>
       </c>
       <c r="E16" s="10">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="F16" s="12">
         <v>13</v>
       </c>
       <c r="G16" s="13">
         <v>0</v>
       </c>
       <c r="H16" s="10">
         <f t="shared" si="1"/>
         <v>13</v>
       </c>
       <c r="I16" s="12">
         <v>7</v>
       </c>
       <c r="J16" s="13">
         <v>3</v>
       </c>
       <c r="K16" s="13">
         <v>3</v>
       </c>
       <c r="L16" s="10">
         <f t="shared" si="2"/>
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B17" s="8">
         <v>1</v>
       </c>
       <c r="C17" s="9">
         <v>2</v>
       </c>
       <c r="D17" s="9">
         <v>21</v>
       </c>
       <c r="E17" s="10">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="F17" s="8">
         <v>22</v>
       </c>
       <c r="G17" s="9">
         <v>2</v>
       </c>
       <c r="H17" s="10">
         <f t="shared" si="1"/>
         <v>24</v>
       </c>
       <c r="I17" s="8">
         <v>9</v>
       </c>
       <c r="J17" s="9">
         <v>11</v>
       </c>
       <c r="K17" s="9">
         <v>4</v>
       </c>
       <c r="L17" s="10">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B18" s="12">
         <v>0</v>
       </c>
       <c r="C18" s="13">
         <v>1</v>
       </c>
       <c r="D18" s="13">
         <v>28</v>
       </c>
       <c r="E18" s="10">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="F18" s="12">
         <v>27</v>
       </c>
       <c r="G18" s="13">
         <v>2</v>
       </c>
       <c r="H18" s="10">
         <f t="shared" si="1"/>
         <v>29</v>
       </c>
       <c r="I18" s="12">
         <v>6</v>
       </c>
       <c r="J18" s="13">
         <v>14</v>
       </c>
       <c r="K18" s="13">
         <v>9</v>
       </c>
       <c r="L18" s="10">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B19" s="8">
         <v>0</v>
       </c>
       <c r="C19" s="9">
         <v>2</v>
       </c>
       <c r="D19" s="9">
         <v>25</v>
       </c>
       <c r="E19" s="10">
         <f t="shared" si="0"/>
         <v>27</v>
       </c>
       <c r="F19" s="8">
         <v>26</v>
       </c>
       <c r="G19" s="9">
         <v>1</v>
       </c>
       <c r="H19" s="10">
         <f t="shared" si="1"/>
         <v>27</v>
       </c>
       <c r="I19" s="8">
         <v>10</v>
       </c>
       <c r="J19" s="9">
         <v>10</v>
       </c>
       <c r="K19" s="9">
         <v>7</v>
       </c>
       <c r="L19" s="10">
         <f t="shared" si="2"/>
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B20" s="12">
         <v>2</v>
       </c>
       <c r="C20" s="13">
         <v>0</v>
       </c>
       <c r="D20" s="13">
         <v>27</v>
       </c>
       <c r="E20" s="10">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="F20" s="12">
         <v>29</v>
       </c>
       <c r="G20" s="13">
         <v>0</v>
       </c>
       <c r="H20" s="10">
         <f t="shared" si="1"/>
         <v>29</v>
       </c>
       <c r="I20" s="12">
         <v>10</v>
       </c>
       <c r="J20" s="13">
         <v>12</v>
       </c>
       <c r="K20" s="13">
         <v>7</v>
       </c>
       <c r="L20" s="10">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B21" s="8">
         <v>0</v>
       </c>
       <c r="C21" s="9">
         <v>0</v>
       </c>
       <c r="D21" s="9">
         <v>14</v>
       </c>
       <c r="E21" s="10">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="F21" s="8">
         <v>14</v>
       </c>
       <c r="G21" s="9">
         <v>0</v>
       </c>
       <c r="H21" s="10">
         <f t="shared" si="1"/>
         <v>14</v>
       </c>
       <c r="I21" s="8">
         <v>7</v>
       </c>
       <c r="J21" s="9">
         <v>4</v>
       </c>
       <c r="K21" s="9">
         <v>3</v>
       </c>
       <c r="L21" s="10">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="15" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B22" s="16">
         <v>2</v>
       </c>
       <c r="C22" s="17">
         <v>0</v>
       </c>
       <c r="D22" s="17">
         <v>5</v>
       </c>
       <c r="E22" s="10">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="F22" s="16">
         <v>5</v>
       </c>
       <c r="G22" s="17">
         <v>2</v>
       </c>
       <c r="H22" s="10">
         <f t="shared" si="1"/>
         <v>7</v>
       </c>
       <c r="I22" s="16">
         <v>2</v>
       </c>
       <c r="J22" s="17">
         <v>4</v>
       </c>
       <c r="K22" s="17">
         <v>1</v>
       </c>
       <c r="L22" s="10">
         <f t="shared" si="2"/>
         <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.35">
       <c r="A23" s="26" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B23" s="27">
         <f>SUM(B11:B22)</f>
         <v>11</v>
       </c>
       <c r="C23" s="27">
         <f t="shared" ref="C23:L23" si="3">SUM(C11:C22)</f>
         <v>14</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="3"/>
         <v>337</v>
       </c>
       <c r="E23" s="27">
         <f t="shared" si="3"/>
         <v>362</v>
       </c>
       <c r="F23" s="27">
         <f t="shared" si="3"/>
         <v>348</v>
       </c>
       <c r="G23" s="27">
         <f t="shared" si="3"/>
         <v>11</v>
       </c>
@@ -1741,63 +1747,63 @@
       <c r="K23" s="27">
         <f t="shared" si="3"/>
         <v>97</v>
       </c>
       <c r="L23" s="27">
         <f t="shared" si="3"/>
         <v>362</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="21" x14ac:dyDescent="0.25">
       <c r="A25" s="28"/>
       <c r="B25" s="28"/>
       <c r="C25" s="28"/>
       <c r="D25" s="28"/>
       <c r="E25" s="28"/>
       <c r="F25" s="28"/>
       <c r="G25" s="28"/>
       <c r="H25" s="28"/>
       <c r="I25" s="28"/>
       <c r="J25" s="28"/>
       <c r="K25" s="28"/>
       <c r="L25" s="28"/>
     </row>
     <row r="27" spans="1:12" ht="90" x14ac:dyDescent="0.25">
       <c r="E27" s="19" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F27" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="G27" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="G27" s="19" t="s">
+      <c r="H27" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="H27" s="19" t="s">
+      <c r="I27" s="19" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="E28" s="21"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="21"/>
     </row>
     <row r="29" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="E29" s="21"/>
       <c r="F29" s="21"/>
       <c r="G29" s="21"/>
       <c r="H29" s="21"/>
     </row>
     <row r="30" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="E30" s="21"/>
       <c r="F30" s="21"/>
       <c r="G30" s="21"/>
       <c r="H30" s="21"/>
     </row>
     <row r="31" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="E31" s="21"/>
       <c r="F31" s="21"/>
       <c r="G31" s="21"/>
       <c r="H31" s="21"/>
@@ -1849,51 +1855,51 @@
       <c r="F39" s="21"/>
       <c r="G39" s="21"/>
       <c r="H39" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A25:L25"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{587E380D-7C2D-4405-8F82-E1AFD54E016C}">
   <dimension ref="A1:L39"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="M23" sqref="M23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.85546875" customWidth="1"/>
     <col min="2" max="12" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
       <c r="I1" s="29"/>
       <c r="J1" s="29"/>
       <c r="K1" s="29"/>
       <c r="L1" s="29"/>
     </row>
@@ -1913,595 +1919,595 @@
       <c r="K2" s="29"/>
       <c r="L2" s="29"/>
     </row>
     <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="29">
         <v>2024</v>
       </c>
       <c r="B3" s="29"/>
       <c r="C3" s="29"/>
       <c r="D3" s="29"/>
       <c r="E3" s="29"/>
       <c r="F3" s="29"/>
       <c r="G3" s="29"/>
       <c r="H3" s="29"/>
       <c r="I3" s="29"/>
       <c r="J3" s="29"/>
       <c r="K3" s="29"/>
       <c r="L3" s="29"/>
     </row>
     <row r="4" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B5" s="30">
         <v>2024</v>
       </c>
       <c r="C5" s="31"/>
       <c r="D5" s="31"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
     </row>
     <row r="7" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="28" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B7" s="28"/>
       <c r="C7" s="28"/>
       <c r="D7" s="28"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="28"/>
       <c r="I7" s="28"/>
       <c r="J7" s="28"/>
       <c r="K7" s="28"/>
       <c r="L7" s="28"/>
     </row>
     <row r="8" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C9" s="33"/>
       <c r="D9" s="33"/>
       <c r="E9" s="34"/>
       <c r="F9" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G9" s="33"/>
       <c r="H9" s="34"/>
       <c r="I9" s="32" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J9" s="33"/>
       <c r="K9" s="33"/>
       <c r="L9" s="34"/>
     </row>
     <row r="10" spans="1:12" ht="36" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="5" t="s">
+      <c r="C10" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="E10" s="6" t="s">
+      <c r="F10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="G10" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="H10" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="H10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="J10" s="2" t="s">
+      <c r="K10" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="K10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L10" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B11" s="8">
         <v>1</v>
       </c>
       <c r="C11" s="9">
         <v>0</v>
       </c>
       <c r="D11" s="9">
         <v>34</v>
       </c>
       <c r="E11" s="10">
         <v>35</v>
       </c>
       <c r="F11" s="8">
         <v>35</v>
       </c>
       <c r="G11" s="9">
         <v>0</v>
       </c>
       <c r="H11" s="10">
         <v>35</v>
       </c>
       <c r="I11" s="8">
         <v>8</v>
       </c>
       <c r="J11" s="9">
         <v>14</v>
       </c>
       <c r="K11" s="9">
         <v>13</v>
       </c>
       <c r="L11" s="10">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B12" s="12">
         <v>5</v>
       </c>
       <c r="C12" s="13">
         <v>1</v>
       </c>
       <c r="D12" s="13">
         <v>34</v>
       </c>
       <c r="E12" s="14">
         <v>40</v>
       </c>
       <c r="F12" s="12">
         <v>33</v>
       </c>
       <c r="G12" s="13">
         <v>7</v>
       </c>
       <c r="H12" s="14">
         <v>40</v>
       </c>
       <c r="I12" s="12">
         <v>19</v>
       </c>
       <c r="J12" s="13">
         <v>10</v>
       </c>
       <c r="K12" s="13">
         <v>11</v>
       </c>
       <c r="L12" s="14">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B13" s="8">
         <v>2</v>
       </c>
       <c r="C13" s="9">
         <v>4</v>
       </c>
       <c r="D13" s="9">
         <v>22</v>
       </c>
       <c r="E13" s="10">
         <v>28</v>
       </c>
       <c r="F13" s="8">
         <v>25</v>
       </c>
       <c r="G13" s="9">
         <v>3</v>
       </c>
       <c r="H13" s="10">
         <v>28</v>
       </c>
       <c r="I13" s="8">
         <v>12</v>
       </c>
       <c r="J13" s="9">
         <v>14</v>
       </c>
       <c r="K13" s="9">
         <v>2</v>
       </c>
       <c r="L13" s="10">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B14" s="12">
         <v>4</v>
       </c>
       <c r="C14" s="13">
         <v>3</v>
       </c>
       <c r="D14" s="13">
         <v>21</v>
       </c>
       <c r="E14" s="14">
         <v>28</v>
       </c>
       <c r="F14" s="12">
         <v>22</v>
       </c>
       <c r="G14" s="13">
         <v>6</v>
       </c>
       <c r="H14" s="14">
         <v>28</v>
       </c>
       <c r="I14" s="12">
         <v>3</v>
       </c>
       <c r="J14" s="13">
         <v>18</v>
       </c>
       <c r="K14" s="13">
         <v>7</v>
       </c>
       <c r="L14" s="14">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B15" s="8">
         <v>6</v>
       </c>
       <c r="C15" s="9">
         <v>3</v>
       </c>
       <c r="D15" s="9">
         <v>12</v>
       </c>
       <c r="E15" s="10">
         <v>21</v>
       </c>
       <c r="F15" s="8">
         <v>16</v>
       </c>
       <c r="G15" s="9">
         <v>5</v>
       </c>
       <c r="H15" s="10">
         <v>21</v>
       </c>
       <c r="I15" s="8">
         <v>7</v>
       </c>
       <c r="J15" s="9">
         <v>11</v>
       </c>
       <c r="K15" s="9">
         <v>3</v>
       </c>
       <c r="L15" s="10">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B16" s="12">
         <v>8</v>
       </c>
       <c r="C16" s="13">
         <v>0</v>
       </c>
       <c r="D16" s="13">
         <v>26</v>
       </c>
       <c r="E16" s="14">
         <v>34</v>
       </c>
       <c r="F16" s="12">
         <v>26</v>
       </c>
       <c r="G16" s="13">
         <v>8</v>
       </c>
       <c r="H16" s="14">
         <v>34</v>
       </c>
       <c r="I16" s="12">
         <v>10</v>
       </c>
       <c r="J16" s="13">
         <v>13</v>
       </c>
       <c r="K16" s="13">
         <v>11</v>
       </c>
       <c r="L16" s="14">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B17" s="8">
         <v>0</v>
       </c>
       <c r="C17" s="9">
         <v>1</v>
       </c>
       <c r="D17" s="9">
         <v>15</v>
       </c>
       <c r="E17" s="10">
         <v>16</v>
       </c>
       <c r="F17" s="8">
         <v>16</v>
       </c>
       <c r="G17" s="9">
         <v>0</v>
       </c>
       <c r="H17" s="10">
         <v>16</v>
       </c>
       <c r="I17" s="8">
         <v>10</v>
       </c>
       <c r="J17" s="9">
         <v>3</v>
       </c>
       <c r="K17" s="9">
         <v>3</v>
       </c>
       <c r="L17" s="10">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B18" s="12">
         <v>3</v>
       </c>
       <c r="C18" s="13">
         <v>2</v>
       </c>
       <c r="D18" s="13">
         <v>32</v>
       </c>
       <c r="E18" s="14">
         <v>37</v>
       </c>
       <c r="F18" s="12">
         <v>30</v>
       </c>
       <c r="G18" s="13">
         <v>7</v>
       </c>
       <c r="H18" s="14">
         <v>37</v>
       </c>
       <c r="I18" s="12">
         <v>14</v>
       </c>
       <c r="J18" s="13">
         <v>17</v>
       </c>
       <c r="K18" s="13">
         <v>6</v>
       </c>
       <c r="L18" s="14">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B19" s="8">
         <v>2</v>
       </c>
       <c r="C19" s="9">
         <v>1</v>
       </c>
       <c r="D19" s="9">
         <v>30</v>
       </c>
       <c r="E19" s="10">
         <v>33</v>
       </c>
       <c r="F19" s="8">
         <v>23</v>
       </c>
       <c r="G19" s="9">
         <v>10</v>
       </c>
       <c r="H19" s="10">
         <v>33</v>
       </c>
       <c r="I19" s="8">
         <v>10</v>
       </c>
       <c r="J19" s="9">
         <v>10</v>
       </c>
       <c r="K19" s="9">
         <v>13</v>
       </c>
       <c r="L19" s="10">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B20" s="12">
         <v>2</v>
       </c>
       <c r="C20" s="13">
         <v>2</v>
       </c>
       <c r="D20" s="13">
         <v>17</v>
       </c>
       <c r="E20" s="14">
         <v>21</v>
       </c>
       <c r="F20" s="12">
         <v>18</v>
       </c>
       <c r="G20" s="13">
         <v>3</v>
       </c>
       <c r="H20" s="14">
         <v>21</v>
       </c>
       <c r="I20" s="12">
         <v>6</v>
       </c>
       <c r="J20" s="13">
         <v>10</v>
       </c>
       <c r="K20" s="13">
         <v>5</v>
       </c>
       <c r="L20" s="14">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B21" s="8">
         <v>5</v>
       </c>
       <c r="C21" s="9">
         <v>0</v>
       </c>
       <c r="D21" s="9">
         <v>16</v>
       </c>
       <c r="E21" s="10">
         <v>21</v>
       </c>
       <c r="F21" s="8">
         <v>13</v>
       </c>
       <c r="G21" s="9">
         <v>8</v>
       </c>
       <c r="H21" s="10">
         <v>21</v>
       </c>
       <c r="I21" s="8">
         <v>9</v>
       </c>
       <c r="J21" s="9">
         <v>12</v>
       </c>
       <c r="K21" s="9">
         <v>0</v>
       </c>
       <c r="L21" s="10">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B22" s="23">
         <v>3</v>
       </c>
       <c r="C22" s="24">
         <v>0</v>
       </c>
       <c r="D22" s="24">
         <v>11</v>
       </c>
       <c r="E22" s="25">
         <v>14</v>
       </c>
       <c r="F22" s="23">
         <v>11</v>
       </c>
       <c r="G22" s="24">
         <v>3</v>
       </c>
       <c r="H22" s="25">
         <v>14</v>
       </c>
       <c r="I22" s="23">
         <v>4</v>
       </c>
       <c r="J22" s="24">
         <v>5</v>
       </c>
       <c r="K22" s="24">
         <v>5</v>
       </c>
       <c r="L22" s="25">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.35">
       <c r="A23" s="26" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B23" s="27">
         <f>SUM(B11:B22)</f>
         <v>41</v>
       </c>
       <c r="C23" s="27">
         <f t="shared" ref="C23:L23" si="0">SUM(C11:C22)</f>
         <v>17</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="0"/>
         <v>270</v>
       </c>
       <c r="E23" s="27">
         <f t="shared" si="0"/>
         <v>328</v>
       </c>
       <c r="F23" s="27">
         <f t="shared" si="0"/>
         <v>268</v>
       </c>
       <c r="G23" s="27">
         <f t="shared" si="0"/>
         <v>60</v>
       </c>
@@ -2521,60 +2527,60 @@
         <f t="shared" si="0"/>
         <v>79</v>
       </c>
       <c r="L23" s="27">
         <f t="shared" si="0"/>
         <v>328</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="21" x14ac:dyDescent="0.25">
       <c r="A25" s="28"/>
       <c r="B25" s="28"/>
       <c r="C25" s="28"/>
       <c r="D25" s="28"/>
       <c r="E25" s="28"/>
       <c r="F25" s="28"/>
       <c r="G25" s="28"/>
       <c r="H25" s="28"/>
       <c r="I25" s="28"/>
       <c r="J25" s="28"/>
       <c r="K25" s="28"/>
       <c r="L25" s="28"/>
     </row>
     <row r="27" spans="1:12" ht="90" x14ac:dyDescent="0.25">
       <c r="E27" s="19"/>
       <c r="F27" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="G27" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="G27" s="19" t="s">
+      <c r="H27" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="H27" s="19" t="s">
+      <c r="I27" s="19" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="E28" s="20"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="21"/>
       <c r="I28" s="21"/>
     </row>
     <row r="29" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="E29" s="20"/>
       <c r="F29" s="21"/>
       <c r="G29" s="21"/>
       <c r="H29" s="21"/>
       <c r="I29" s="21"/>
     </row>
     <row r="30" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="E30" s="20"/>
       <c r="F30" s="21"/>
       <c r="G30" s="21"/>
       <c r="H30" s="21"/>
       <c r="I30" s="21"/>
     </row>
     <row r="31" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="E31" s="20"/>
@@ -2640,52 +2646,52 @@
       <c r="I39" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A25:L25"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA543D6F-F8A4-438B-BE69-E69B5244C1AD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L44"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="K21" sqref="K21"/>
+    <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="F24" sqref="F24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.85546875" customWidth="1"/>
     <col min="2" max="12" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
       <c r="I1" s="29"/>
       <c r="J1" s="29"/>
       <c r="K1" s="29"/>
       <c r="L1" s="29"/>
     </row>
     <row r="2" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
@@ -2704,650 +2710,675 @@
       <c r="K2" s="29"/>
       <c r="L2" s="29"/>
     </row>
     <row r="3" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A3" s="29">
         <v>2025</v>
       </c>
       <c r="B3" s="29"/>
       <c r="C3" s="29"/>
       <c r="D3" s="29"/>
       <c r="E3" s="29"/>
       <c r="F3" s="29"/>
       <c r="G3" s="29"/>
       <c r="H3" s="29"/>
       <c r="I3" s="29"/>
       <c r="J3" s="29"/>
       <c r="K3" s="29"/>
       <c r="L3" s="29"/>
     </row>
     <row r="4" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="B5" s="30" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C5" s="31"/>
       <c r="D5" s="31"/>
     </row>
     <row r="6" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
     </row>
     <row r="7" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="28" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B7" s="28"/>
       <c r="C7" s="28"/>
       <c r="D7" s="28"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="28"/>
       <c r="I7" s="28"/>
       <c r="J7" s="28"/>
       <c r="K7" s="28"/>
       <c r="L7" s="28"/>
     </row>
     <row r="8" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:12" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="32" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C9" s="33"/>
       <c r="D9" s="33"/>
       <c r="E9" s="34"/>
       <c r="F9" s="32" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G9" s="33"/>
       <c r="H9" s="34"/>
       <c r="I9" s="32" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="J9" s="33"/>
       <c r="K9" s="33"/>
       <c r="L9" s="34"/>
     </row>
     <row r="10" spans="1:12" ht="36" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="5" t="s">
+      <c r="C10" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="E10" s="6" t="s">
+      <c r="F10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="G10" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="H10" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="H10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="J10" s="2" t="s">
+      <c r="K10" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="K10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L10" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B11" s="8">
         <v>6</v>
       </c>
       <c r="C11" s="9">
         <v>0</v>
       </c>
       <c r="D11" s="9">
         <v>18</v>
       </c>
       <c r="E11" s="10">
         <f>D11+C11+B11</f>
         <v>24</v>
       </c>
       <c r="F11" s="8">
         <v>17</v>
       </c>
       <c r="G11" s="9">
         <v>7</v>
       </c>
       <c r="H11" s="10">
         <f>F11+G11</f>
         <v>24</v>
       </c>
       <c r="I11" s="8">
         <v>15</v>
       </c>
       <c r="J11" s="9">
         <v>4</v>
       </c>
       <c r="K11" s="9">
         <v>5</v>
       </c>
       <c r="L11" s="10">
         <f>K11+J11+I11</f>
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B12" s="12">
         <v>3</v>
       </c>
       <c r="C12" s="13">
         <v>4</v>
       </c>
       <c r="D12" s="13">
         <v>19</v>
       </c>
       <c r="E12" s="10">
         <f>D12+C12+B12</f>
         <v>26</v>
       </c>
       <c r="F12" s="12">
         <v>19</v>
       </c>
       <c r="G12" s="13">
         <v>7</v>
       </c>
       <c r="H12" s="10">
-        <f t="shared" ref="H12:H21" si="0">F12+G12</f>
+        <f t="shared" ref="H12:H22" si="0">F12+G12</f>
         <v>26</v>
       </c>
       <c r="I12" s="12">
         <v>5</v>
       </c>
       <c r="J12" s="13">
         <v>17</v>
       </c>
       <c r="K12" s="13">
         <v>4</v>
       </c>
       <c r="L12" s="10">
         <f>K12+J12+I12</f>
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B13" s="8">
         <v>7</v>
       </c>
       <c r="C13" s="9">
         <v>1</v>
       </c>
       <c r="D13" s="9">
         <v>26</v>
       </c>
       <c r="E13" s="10">
         <f>D13+C13+B13</f>
         <v>34</v>
       </c>
       <c r="F13" s="8">
         <v>26</v>
       </c>
       <c r="G13" s="9">
         <v>8</v>
       </c>
       <c r="H13" s="10">
         <f t="shared" si="0"/>
         <v>34</v>
       </c>
       <c r="I13" s="8">
         <v>16</v>
       </c>
       <c r="J13" s="9">
         <v>7</v>
       </c>
       <c r="K13" s="9">
         <v>11</v>
       </c>
       <c r="L13" s="10">
         <f>K13+J13+I13</f>
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B14" s="12">
         <v>2</v>
       </c>
       <c r="C14" s="13">
         <v>1</v>
       </c>
       <c r="D14" s="13">
         <v>28</v>
       </c>
       <c r="E14" s="10">
-        <f t="shared" ref="E14:E21" si="1">D14+C14+B14</f>
+        <f t="shared" ref="E14:E22" si="1">D14+C14+B14</f>
         <v>31</v>
       </c>
       <c r="F14" s="12">
         <v>25</v>
       </c>
       <c r="G14" s="13">
         <v>6</v>
       </c>
       <c r="H14" s="10">
         <f>F14+G14</f>
         <v>31</v>
       </c>
       <c r="I14" s="12">
         <v>14</v>
       </c>
       <c r="J14" s="13">
         <v>10</v>
       </c>
       <c r="K14" s="13">
         <v>7</v>
       </c>
       <c r="L14" s="10">
-        <f t="shared" ref="L14:L21" si="2">K14+J14+I14</f>
+        <f t="shared" ref="L14:L22" si="2">K14+J14+I14</f>
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B15" s="8">
         <v>2</v>
       </c>
       <c r="C15" s="9">
         <v>0</v>
       </c>
       <c r="D15" s="9">
         <v>20</v>
       </c>
       <c r="E15" s="10">
         <f t="shared" si="1"/>
         <v>22</v>
       </c>
       <c r="F15" s="8">
         <v>20</v>
       </c>
       <c r="G15" s="9">
         <v>2</v>
       </c>
       <c r="H15" s="10">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="I15" s="8">
         <v>17</v>
       </c>
       <c r="J15" s="9">
         <v>4</v>
       </c>
       <c r="K15" s="9">
         <v>1</v>
       </c>
       <c r="L15" s="10">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B16" s="12">
         <v>2</v>
       </c>
       <c r="C16" s="13">
         <v>3</v>
       </c>
       <c r="D16" s="13">
         <v>15</v>
       </c>
       <c r="E16" s="10">
         <f t="shared" si="1"/>
         <v>20</v>
       </c>
       <c r="F16" s="12">
         <v>14</v>
       </c>
       <c r="G16" s="13">
         <v>6</v>
       </c>
       <c r="H16" s="10">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
       <c r="I16" s="12">
         <v>5</v>
       </c>
       <c r="J16" s="13">
         <v>7</v>
       </c>
       <c r="K16" s="13">
         <v>8</v>
       </c>
       <c r="L16" s="10">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B17" s="8">
         <v>1</v>
       </c>
       <c r="C17" s="9">
         <v>2</v>
       </c>
       <c r="D17" s="9">
         <v>21</v>
       </c>
       <c r="E17" s="10">
         <f t="shared" si="1"/>
         <v>24</v>
       </c>
       <c r="F17" s="8">
         <v>22</v>
       </c>
       <c r="G17" s="9">
         <v>2</v>
       </c>
       <c r="H17" s="10">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="I17" s="8">
         <v>5</v>
       </c>
       <c r="J17" s="9">
         <v>7</v>
       </c>
       <c r="K17" s="9">
         <v>12</v>
       </c>
       <c r="L17" s="10">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B18" s="12">
         <v>3</v>
       </c>
       <c r="C18" s="13">
         <v>1</v>
       </c>
       <c r="D18" s="13">
         <v>20</v>
       </c>
       <c r="E18" s="10">
         <f t="shared" si="1"/>
         <v>24</v>
       </c>
       <c r="F18" s="12">
         <v>19</v>
       </c>
       <c r="G18" s="13">
         <v>5</v>
       </c>
       <c r="H18" s="10">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="I18" s="12">
         <v>10</v>
       </c>
       <c r="J18" s="13">
         <v>12</v>
       </c>
       <c r="K18" s="13">
         <v>2</v>
       </c>
       <c r="L18" s="14">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B19" s="8">
         <v>2</v>
       </c>
       <c r="C19" s="9">
         <v>1</v>
       </c>
       <c r="D19" s="9">
         <v>48</v>
       </c>
       <c r="E19" s="10">
         <f t="shared" si="1"/>
         <v>51</v>
       </c>
       <c r="F19" s="8">
         <v>47</v>
       </c>
       <c r="G19" s="9">
         <v>4</v>
       </c>
       <c r="H19" s="10">
         <f t="shared" si="0"/>
         <v>51</v>
       </c>
       <c r="I19" s="8">
         <v>31</v>
       </c>
       <c r="J19" s="9">
         <v>16</v>
       </c>
       <c r="K19" s="9">
         <v>4</v>
       </c>
       <c r="L19" s="10">
         <f t="shared" si="2"/>
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B20" s="12">
         <v>6</v>
       </c>
       <c r="C20" s="13">
         <v>2</v>
       </c>
       <c r="D20" s="13">
         <v>22</v>
       </c>
       <c r="E20" s="10">
         <f t="shared" si="1"/>
         <v>30</v>
       </c>
       <c r="F20" s="12">
         <v>20</v>
       </c>
       <c r="G20" s="13">
         <v>10</v>
       </c>
       <c r="H20" s="10">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
       <c r="I20" s="12">
         <v>10</v>
       </c>
       <c r="J20" s="13">
         <v>14</v>
       </c>
       <c r="K20" s="13">
         <v>6</v>
       </c>
       <c r="L20" s="14">
         <f t="shared" si="2"/>
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B21" s="8">
         <v>6</v>
       </c>
       <c r="C21" s="9">
         <v>1</v>
       </c>
       <c r="D21" s="9">
         <v>10</v>
       </c>
       <c r="E21" s="10">
         <f t="shared" si="1"/>
         <v>17</v>
       </c>
       <c r="F21" s="8">
         <v>10</v>
       </c>
       <c r="G21" s="9">
         <v>7</v>
       </c>
       <c r="H21" s="10">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="I21" s="8">
         <v>11</v>
       </c>
       <c r="J21" s="9">
         <v>4</v>
       </c>
       <c r="K21" s="9">
         <v>2</v>
       </c>
       <c r="L21" s="10">
         <f t="shared" si="2"/>
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="15" t="s">
-        <v>28</v>
-[...11 lines deleted...]
-      <c r="L22" s="18"/>
+        <v>27</v>
+      </c>
+      <c r="B22" s="16">
+        <v>1</v>
+      </c>
+      <c r="C22" s="17">
+        <v>2</v>
+      </c>
+      <c r="D22" s="17">
+        <v>9</v>
+      </c>
+      <c r="E22" s="10">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="F22" s="16">
+        <v>9</v>
+      </c>
+      <c r="G22" s="17">
+        <v>3</v>
+      </c>
+      <c r="H22" s="18">
+        <f t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c r="I22" s="16">
+        <v>5</v>
+      </c>
+      <c r="J22" s="17">
+        <v>7</v>
+      </c>
+      <c r="K22" s="17">
+        <v>0</v>
+      </c>
+      <c r="L22" s="18">
+        <f t="shared" si="2"/>
+        <v>12</v>
+      </c>
     </row>
     <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.35">
       <c r="A23" s="26" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B23" s="27">
         <f>SUM(B11:B22)</f>
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C23" s="27">
         <f t="shared" ref="C23:L23" si="3">SUM(C11:C22)</f>
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="3"/>
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="E23" s="27">
         <f>SUM(E11:E22)</f>
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="F23" s="27">
         <f t="shared" si="3"/>
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="G23" s="27">
         <f t="shared" si="3"/>
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="H23" s="27">
         <f t="shared" si="3"/>
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="I23" s="27">
         <f t="shared" si="3"/>
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="J23" s="27">
         <f t="shared" si="3"/>
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="K23" s="27">
         <f t="shared" si="3"/>
         <v>62</v>
       </c>
       <c r="L23" s="27">
         <f t="shared" si="3"/>
-        <v>303</v>
+        <v>315</v>
       </c>
     </row>
     <row r="44" spans="11:11" x14ac:dyDescent="0.25">
       <c r="K44">
         <v>167</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="14" scale="64" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">