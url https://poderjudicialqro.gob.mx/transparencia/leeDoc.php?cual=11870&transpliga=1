--- v0 (2025-10-18)
+++ v1 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\COMPARTIR\DIRECCIÓN JURÍDICA 2025\INDICADORES\SEPTIEMBRE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\COMPARTIR\DIRECCIÓN JURÍDICA 2026\INDICADORES\ENERO\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{368A3B83-1DB9-46DD-9CA0-8D400BC44435}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7764391F-9997-45BD-B0CF-3DDD95B31E62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{70849144-A16E-4F80-AEF3-90F3D5B41CD6}"/>
   </bookViews>
   <sheets>
     <sheet name="Dirección Jurídica" sheetId="19" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -65,51 +65,51 @@
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Datos estadísticos de la Dirección Jurídica</t>
   </si>
   <si>
     <t>Asesorías jurídicas</t>
   </si>
   <si>
     <t>Firma de contratos</t>
   </si>
   <si>
     <t>Firma de convenios de colaboración</t>
   </si>
   <si>
     <t>Gestiones jurídicas</t>
   </si>
   <si>
     <t>Notificaciones a ordenamientos de mandamientos jurídicos a las áreas del Poder Judicial</t>
   </si>
   <si>
     <t>Participaciones en sesiones de Comité de Adquisiciones</t>
   </si>
   <si>
-    <t>septiembre</t>
+    <t>enero</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Raleway"/>
@@ -565,124 +565,124 @@
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.7109375" customWidth="1"/>
     <col min="2" max="2" width="37.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="10"/>
     </row>
     <row r="2" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="10"/>
     </row>
     <row r="3" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" s="10"/>
     </row>
     <row r="4" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="8"/>
       <c r="B4" s="8"/>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="5">
-        <v>221</v>
+        <v>97</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="7">
-        <v>26</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="5">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="7">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:2" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="7">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>