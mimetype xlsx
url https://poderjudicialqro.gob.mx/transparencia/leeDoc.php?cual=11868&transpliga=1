--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Carlos Dinorín\Documents\01. PRESIDENCIA\INFORMES MENSUALES\DTI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40246A44-5EA2-4463-BCA5-2244AE6EFDDB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E9DB639-2F45-40AB-BB3A-AEFCA09A220A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="15585" xr2:uid="{C5CA1C9C-09A6-4177-BF84-9DE8AB3F2B01}"/>
+    <workbookView xWindow="13650" yWindow="0" windowWidth="15255" windowHeight="15585" xr2:uid="{C5CA1C9C-09A6-4177-BF84-9DE8AB3F2B01}"/>
   </bookViews>
   <sheets>
     <sheet name="DTI" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C22" i="1" l="1"/>
@@ -103,51 +103,51 @@
   <si>
     <t>Total de consultas</t>
   </si>
   <si>
     <t>TOTAL DE USUARIOS ACTIVOS EN EXPEDIENTE ELECTRÓNICO</t>
   </si>
   <si>
     <t>Personas capacitadas del Poder Judicial</t>
   </si>
   <si>
     <t>Pensiones Alimenticias en Página web</t>
   </si>
   <si>
     <t>Constancias de depósito</t>
   </si>
   <si>
     <t>Consultas de documentos</t>
   </si>
   <si>
     <t>Desde la Página web</t>
   </si>
   <si>
     <t>Desde la Aplicación móvil</t>
   </si>
   <si>
-    <t>Septiembre</t>
+    <t>Diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -782,51 +782,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A462CB6F-2783-4DBD-B9CB-0073C4F36048}">
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B11" sqref="B11"/>
+      <selection activeCell="B5" sqref="B5:D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.28515625" style="9" customWidth="1"/>
     <col min="2" max="2" width="52.7109375" style="9" customWidth="1"/>
     <col min="3" max="3" width="16.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
     </row>
     <row r="2" spans="1:4" ht="18">
       <c r="A2" s="23" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="23"/>
       <c r="C2" s="23"/>
       <c r="D2" s="23"/>
     </row>
@@ -847,186 +847,186 @@
         <v>2</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="25"/>
       <c r="D5" s="25"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="28.5">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
-        <v>121</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="28.5">
       <c r="A9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="8">
-        <v>96</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="28.5">
       <c r="A10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="6">
-        <v>1587</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="B11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="17"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="6">
-        <v>67368</v>
+        <v>71707</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="8">
-        <v>13100</v>
+        <v>14263</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="18" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="4"/>
       <c r="B18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="42.75">
       <c r="A19" s="20" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="6">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="21"/>
       <c r="B20" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="8">
         <f>C21-C19</f>
-        <v>478</v>
+        <v>229</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="30.75" thickBot="1">
       <c r="A21" s="22"/>
       <c r="B21" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="13">
-        <v>492</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="26" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="6">
         <f>C24-C23</f>
-        <v>1450963</v>
+        <v>959132</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="27"/>
       <c r="B23" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="8">
-        <v>84073</v>
+        <v>56832</v>
       </c>
       <c r="D23" s="12"/>
     </row>
     <row r="24" spans="1:4" ht="15.75" thickBot="1">
       <c r="A24" s="28"/>
       <c r="B24" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="11">
-        <v>1535036</v>
+        <v>1015964</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="15.75" thickBot="1">
       <c r="A26" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B26" s="15"/>
       <c r="C26" s="11">
-        <v>10787</v>
+        <v>11017</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A19:A21"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A22:A24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">