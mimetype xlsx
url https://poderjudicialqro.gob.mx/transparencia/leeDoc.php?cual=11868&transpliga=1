--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Carlos Dinorín\Documents\01. PRESIDENCIA\INFORMES MENSUALES\DTI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E9DB639-2F45-40AB-BB3A-AEFCA09A220A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CCD9544F-DD55-47C1-B4F6-3FF3D930D3F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="13650" yWindow="0" windowWidth="15255" windowHeight="15585" xr2:uid="{C5CA1C9C-09A6-4177-BF84-9DE8AB3F2B01}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C5CA1C9C-09A6-4177-BF84-9DE8AB3F2B01}"/>
   </bookViews>
   <sheets>
     <sheet name="DTI" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C22" i="1" l="1"/>
@@ -103,51 +103,51 @@
   <si>
     <t>Total de consultas</t>
   </si>
   <si>
     <t>TOTAL DE USUARIOS ACTIVOS EN EXPEDIENTE ELECTRÓNICO</t>
   </si>
   <si>
     <t>Personas capacitadas del Poder Judicial</t>
   </si>
   <si>
     <t>Pensiones Alimenticias en Página web</t>
   </si>
   <si>
     <t>Constancias de depósito</t>
   </si>
   <si>
     <t>Consultas de documentos</t>
   </si>
   <si>
     <t>Desde la Página web</t>
   </si>
   <si>
     <t>Desde la Aplicación móvil</t>
   </si>
   <si>
-    <t>Diciembre</t>
+    <t>Febrero</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -782,251 +782,251 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A462CB6F-2783-4DBD-B9CB-0073C4F36048}">
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5:D5"/>
+      <selection activeCell="G19" sqref="G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.28515625" style="9" customWidth="1"/>
     <col min="2" max="2" width="52.7109375" style="9" customWidth="1"/>
     <col min="3" max="3" width="16.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
     </row>
     <row r="2" spans="1:4" ht="18">
       <c r="A2" s="23" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="23"/>
       <c r="C2" s="23"/>
       <c r="D2" s="23"/>
     </row>
     <row r="3" spans="1:4" ht="18">
       <c r="A3" s="23">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" s="23"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
     </row>
     <row r="4" spans="1:4" ht="18">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="25"/>
       <c r="D5" s="25"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="28.5">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
-        <v>59</v>
+        <v>122</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="28.5">
       <c r="A9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="8">
-        <v>90</v>
+        <v>267</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="28.5">
       <c r="A10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="6">
-        <v>1294</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="B11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="17"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="6">
-        <v>71707</v>
+        <v>55697</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="8">
-        <v>14263</v>
+        <v>12486</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="18" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="4"/>
       <c r="B18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="42.75">
       <c r="A19" s="20" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="6">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="21"/>
       <c r="B20" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="8">
         <f>C21-C19</f>
-        <v>229</v>
+        <v>425</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="30.75" thickBot="1">
       <c r="A21" s="22"/>
       <c r="B21" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="13">
-        <v>240</v>
+        <v>443</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="26" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="6">
         <f>C24-C23</f>
-        <v>959132</v>
+        <v>1384898</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="27"/>
       <c r="B23" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="8">
-        <v>56832</v>
+        <v>95839</v>
       </c>
       <c r="D23" s="12"/>
     </row>
     <row r="24" spans="1:4" ht="15.75" thickBot="1">
       <c r="A24" s="28"/>
       <c r="B24" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="11">
-        <v>1015964</v>
+        <v>1480737</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="15.75" thickBot="1">
       <c r="A26" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B26" s="15"/>
       <c r="C26" s="11">
-        <v>11017</v>
+        <v>11379</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A19:A21"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A22:A24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">