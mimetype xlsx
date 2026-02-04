--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -3,54 +3,54 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\INFORMES 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{948D84A4-B2F9-4197-A410-4C79F49CDE5F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2E151B5E-980F-45AF-B9A4-66C211DFC032}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FAA96266-D6AA-4C6A-B218-ADED33DCFEDC}"/>
   </bookViews>
   <sheets>
     <sheet name="Orientación a la ciudadanía" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -744,52 +744,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D47D24ED-45E6-4325-A36A-EDBDA4A54796}">
   <dimension ref="A1:F27"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="D6" sqref="D6"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A19" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="41" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7:C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" customWidth="1"/>
     <col min="3" max="3" width="26.5703125" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="15.140625" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21.7109375" customWidth="1"/>
     <col min="8" max="8" width="26.7109375" customWidth="1"/>
     <col min="9" max="9" width="23.28515625" customWidth="1"/>
     <col min="10" max="10" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="19"/>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -805,273 +805,273 @@
       <c r="F2" s="1"/>
     </row>
     <row r="3" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="19">
         <v>2025</v>
       </c>
       <c r="B3" s="19"/>
       <c r="C3" s="19"/>
       <c r="D3" s="19"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
     </row>
     <row r="4" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="20">
-        <v>45901</v>
+        <v>45992</v>
       </c>
       <c r="C5" s="21"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
     </row>
     <row r="7" spans="1:6" ht="72" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="22">
-        <v>313</v>
+        <v>214</v>
       </c>
       <c r="C7" s="21"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
     </row>
     <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>1868</v>
+        <v>1916</v>
       </c>
       <c r="D10" s="8">
         <f>C10/$C$13</f>
-        <v>0.92981582877053259</v>
+        <v>0.93009708737864083</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="18"/>
       <c r="B11" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="10">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D11" s="11">
         <f>C11/$C$13</f>
-        <v>4.0816326530612242E-2</v>
+        <v>4.12621359223301E-2</v>
       </c>
       <c r="E11" s="12"/>
     </row>
     <row r="12" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="18"/>
       <c r="B12" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="7">
         <v>59</v>
       </c>
       <c r="D12" s="8">
         <f>C12/$C$13</f>
-        <v>2.9367844698855151E-2</v>
+        <v>2.8640776699029126E-2</v>
       </c>
       <c r="E12" s="12"/>
     </row>
     <row r="13" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="23" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="24"/>
       <c r="C13" s="13">
         <f>SUM(C10:C12)</f>
-        <v>2009</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="36" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="54" x14ac:dyDescent="0.25">
       <c r="A17" s="17" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="10">
-        <v>118</v>
+        <v>55</v>
       </c>
       <c r="D17" s="14">
         <f>C17/$C$21</f>
-        <v>5.8735689397710303E-2</v>
+        <v>5.595116988809766E-2</v>
       </c>
       <c r="E17" s="1"/>
     </row>
     <row r="18" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A18" s="18"/>
       <c r="B18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="7">
-        <v>605</v>
+        <v>376</v>
       </c>
       <c r="D18" s="8">
         <f t="shared" ref="D18:D20" si="0">C18/$C$21</f>
-        <v>0.30114484818317572</v>
+        <v>0.38250254323499494</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A19" s="18"/>
       <c r="B19" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="10">
-        <v>876</v>
+        <v>305</v>
       </c>
       <c r="D19" s="14">
         <f t="shared" si="0"/>
-        <v>0.43603782976605276</v>
+        <v>0.31027466937945064</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="25"/>
       <c r="B20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="7">
-        <v>410</v>
+        <v>247</v>
       </c>
       <c r="D20" s="8">
         <f t="shared" si="0"/>
-        <v>0.20408163265306123</v>
+        <v>0.25127161749745675</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="23" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="24"/>
       <c r="C21" s="13">
         <f>SUM(C17:C20)</f>
-        <v>2009</v>
+        <v>983</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A22" s="15"/>
       <c r="B22" s="15"/>
       <c r="C22" s="16"/>
     </row>
     <row r="23" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A23" s="15"/>
       <c r="B23" s="15"/>
       <c r="C23" s="16"/>
     </row>
     <row r="24" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A25" s="26" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="10">
-        <v>218</v>
+        <v>178</v>
       </c>
       <c r="D25" s="14">
         <f>C25/$C$27</f>
-        <v>0.72185430463576161</v>
+        <v>0.75423728813559321</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A26" s="27"/>
       <c r="B26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="7">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="D26" s="8">
         <f>C26/$C$27</f>
-        <v>0.27814569536423839</v>
+        <v>0.24576271186440679</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="23" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="24"/>
       <c r="C27" s="13">
         <f>SUM(C25:C26)</f>
-        <v>302</v>
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A25:A26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="14" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>