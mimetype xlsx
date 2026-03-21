--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -3,54 +3,54 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\INFORMES 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Documents\DGRM\INFORMES 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2E151B5E-980F-45AF-B9A4-66C211DFC032}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E3F8B486-77DE-47BA-A7BA-D45A981BE341}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FAA96266-D6AA-4C6A-B218-ADED33DCFEDC}"/>
   </bookViews>
   <sheets>
     <sheet name="Orientación a la ciudadanía" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -744,334 +744,334 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D47D24ED-45E6-4325-A36A-EDBDA4A54796}">
   <dimension ref="A1:F27"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A19" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="41" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7:C7"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" customWidth="1"/>
     <col min="3" max="3" width="26.5703125" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="15.140625" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21.7109375" customWidth="1"/>
     <col min="8" max="8" width="26.7109375" customWidth="1"/>
     <col min="9" max="9" width="23.28515625" customWidth="1"/>
     <col min="10" max="10" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="19"/>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
     <row r="2" spans="1:6" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="19"/>
       <c r="C2" s="19"/>
       <c r="D2" s="19"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
     </row>
     <row r="3" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="19">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" s="19"/>
       <c r="C3" s="19"/>
       <c r="D3" s="19"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
     </row>
     <row r="4" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="20">
-        <v>45992</v>
+        <v>46054</v>
       </c>
       <c r="C5" s="21"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
     </row>
     <row r="7" spans="1:6" ht="72" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="22">
-        <v>214</v>
+        <v>417</v>
       </c>
       <c r="C7" s="21"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
     </row>
     <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>1916</v>
+        <v>2325</v>
       </c>
       <c r="D10" s="8">
         <f>C10/$C$13</f>
-        <v>0.93009708737864083</v>
+        <v>0.93825665859564167</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="18"/>
       <c r="B11" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="10">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="D11" s="11">
         <f>C11/$C$13</f>
-        <v>4.12621359223301E-2</v>
+        <v>3.833736884584342E-2</v>
       </c>
       <c r="E11" s="12"/>
     </row>
     <row r="12" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="18"/>
       <c r="B12" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="7">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D12" s="8">
         <f>C12/$C$13</f>
-        <v>2.8640776699029126E-2</v>
+        <v>2.3405972558514933E-2</v>
       </c>
       <c r="E12" s="12"/>
     </row>
     <row r="13" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="23" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="24"/>
       <c r="C13" s="13">
         <f>SUM(C10:C12)</f>
-        <v>2060</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="36" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="54" x14ac:dyDescent="0.25">
       <c r="A17" s="17" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="10">
-        <v>55</v>
+        <v>151</v>
       </c>
       <c r="D17" s="14">
         <f>C17/$C$21</f>
-        <v>5.595116988809766E-2</v>
+        <v>6.0936238902340595E-2</v>
       </c>
       <c r="E17" s="1"/>
     </row>
     <row r="18" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A18" s="18"/>
       <c r="B18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="7">
-        <v>376</v>
+        <v>666</v>
       </c>
       <c r="D18" s="8">
         <f t="shared" ref="D18:D20" si="0">C18/$C$21</f>
-        <v>0.38250254323499494</v>
+        <v>0.26876513317191281</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A19" s="18"/>
       <c r="B19" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="10">
-        <v>305</v>
+        <v>1160</v>
       </c>
       <c r="D19" s="14">
         <f t="shared" si="0"/>
-        <v>0.31027466937945064</v>
+        <v>0.46811945117029863</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="25"/>
       <c r="B20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="7">
-        <v>247</v>
+        <v>501</v>
       </c>
       <c r="D20" s="8">
         <f t="shared" si="0"/>
-        <v>0.25127161749745675</v>
+        <v>0.20217917675544794</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="23" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="24"/>
       <c r="C21" s="13">
         <f>SUM(C17:C20)</f>
-        <v>983</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A22" s="15"/>
       <c r="B22" s="15"/>
       <c r="C22" s="16"/>
     </row>
     <row r="23" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A23" s="15"/>
       <c r="B23" s="15"/>
       <c r="C23" s="16"/>
     </row>
     <row r="24" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A25" s="26" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="10">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="D25" s="14">
         <f>C25/$C$27</f>
-        <v>0.75423728813559321</v>
+        <v>0.66220735785953178</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="36" x14ac:dyDescent="0.25">
       <c r="A26" s="27"/>
       <c r="B26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="7">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="D26" s="8">
         <f>C26/$C$27</f>
-        <v>0.24576271186440679</v>
+        <v>0.33779264214046822</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="23" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="24"/>
       <c r="C27" s="13">
         <f>SUM(C25:C26)</f>
-        <v>236</v>
+        <v>299</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A25:A26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="14" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>