--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="7" rupBuild="4507"/>
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="7" rupBuild="4505"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9735"/>
   </bookViews>
   <sheets>
     <sheet name="CJA" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="124519"/>
   <extLst xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main">
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B24" i="1"/>
   <c r="C23" s="1"/>
   <c r="B14"/>
   <c r="C13" s="1"/>
   <c r="C10" l="1"/>
   <c r="C19"/>
@@ -92,51 +92,51 @@
   <si>
     <t>Expedientes en los que aceptaron mediar</t>
   </si>
   <si>
     <t>Reuniones programadas</t>
   </si>
   <si>
     <t>Reuniones verificadas</t>
   </si>
   <si>
     <t>Convenios</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Programa de Conciliación Jueces Menores</t>
   </si>
   <si>
     <t xml:space="preserve">Enviar solo por correo a Tecnologías </t>
   </si>
   <si>
     <t>Expedientes en los que aceptaron el procedimiento</t>
   </si>
   <si>
-    <t>SEPTIEMBRE</t>
+    <t>NOVIEMBRE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -653,51 +653,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="D22" sqref="D22"/>
+      <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="19.28515625" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="3" width="24.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="16.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="19.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="F1" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="18">
       <c r="A2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="16"/>
@@ -735,199 +735,199 @@
     </row>
     <row r="8" spans="1:11" s="5" customFormat="1" ht="30">
       <c r="A8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="7">
-        <v>812</v>
+        <v>734</v>
       </c>
       <c r="C9" s="8">
         <f>B9/$B$14</f>
-        <v>0.42181818181818181</v>
+        <v>0.42111302352266206</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="28.5">
       <c r="A10" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="10">
-        <v>269</v>
+        <v>245</v>
       </c>
       <c r="C10" s="11">
         <f>B10/$B$14</f>
-        <v>0.13974025974025975</v>
+        <v>0.14056224899598393</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="7">
-        <v>419</v>
+        <v>394</v>
       </c>
       <c r="C11" s="8">
         <f>B11/$B$14</f>
-        <v>0.21766233766233767</v>
+        <v>0.22604704532415376</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="10">
-        <v>299</v>
+        <v>256</v>
       </c>
       <c r="C12" s="11">
         <f>B12/$B$14</f>
-        <v>0.15532467532467534</v>
+        <v>0.14687320711417096</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="7">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="C13" s="8">
         <f>B13/$B$14</f>
-        <v>6.545454545454546E-2</v>
+        <v>6.5404475043029264E-2</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="15.75" thickBot="1">
       <c r="A14" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="13">
         <f>SUM(B9:B13)</f>
-        <v>1925</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="35.25" customHeight="1">
       <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
     </row>
     <row r="18" spans="1:3" ht="30">
       <c r="A18" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="7">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C19" s="8">
         <f>B19/$B$24</f>
-        <v>0.27536231884057971</v>
+        <v>0.24686192468619247</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="42.75">
       <c r="A20" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="10">
-        <v>41</v>
+        <v>102</v>
       </c>
       <c r="C20" s="11">
         <f>B20/$B$24</f>
-        <v>9.9033816425120769E-2</v>
+        <v>0.21338912133891214</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="7">
-        <v>132</v>
+        <v>113</v>
       </c>
       <c r="C21" s="8">
         <f>B21/$B$24</f>
-        <v>0.3188405797101449</v>
+        <v>0.23640167364016737</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="10">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C22" s="11">
         <f>B22/$B$24</f>
-        <v>0.17149758454106281</v>
+        <v>0.15899581589958159</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="7">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="C23" s="8">
         <f>B23/$B$24</f>
-        <v>0.13526570048309178</v>
+        <v>0.14435146443514643</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" thickBot="1">
       <c r="A24" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="13">
         <f>SUM(B19:B23)</f>
-        <v>414</v>
+        <v>478</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="A7:C7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>