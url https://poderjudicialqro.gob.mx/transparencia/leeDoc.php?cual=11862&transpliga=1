--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -42,101 +42,98 @@
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B24" i="1"/>
   <c r="C23" s="1"/>
   <c r="B14"/>
   <c r="C13" s="1"/>
   <c r="C10" l="1"/>
   <c r="C19"/>
   <c r="C12"/>
   <c r="C20"/>
   <c r="C11"/>
   <c r="C9"/>
   <c r="C21"/>
   <c r="C22"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="16">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Datos estadísticos del Centro de Justicia Alternativa</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Centro de Justicia Alternativa</t>
   </si>
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Cantidad</t>
   </si>
   <si>
     <t>Porcentaje que representa</t>
   </si>
   <si>
     <t>Expedientes iniciados</t>
   </si>
   <si>
     <t>Expedientes en los que aceptaron mediar</t>
   </si>
   <si>
     <t>Reuniones programadas</t>
   </si>
   <si>
     <t>Reuniones verificadas</t>
   </si>
   <si>
     <t>Convenios</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Programa de Conciliación Jueces Menores</t>
   </si>
   <si>
-    <t xml:space="preserve">Enviar solo por correo a Tecnologías </t>
-[...1 lines deleted...]
-  <si>
     <t>Expedientes en los que aceptaron el procedimiento</t>
   </si>
   <si>
-    <t>NOVIEMBRE</t>
+    <t>DICIEMBRE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -652,282 +649,279 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K24"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="F20" sqref="F20"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="F2" sqref="F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="19.28515625" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="3" width="24.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="16.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="19.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
-      <c r="F1" s="1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2" spans="1:11" ht="18">
       <c r="A2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
     </row>
     <row r="3" spans="1:11" ht="18">
       <c r="A3" s="16">
         <v>2025</v>
       </c>
       <c r="B3" s="16"/>
       <c r="C3" s="16"/>
     </row>
     <row r="4" spans="1:11" ht="18">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="1:11" ht="15">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="17" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C5" s="18"/>
     </row>
     <row r="7" spans="1:11" ht="26.25" customHeight="1">
       <c r="A7" s="14" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="15"/>
       <c r="C7" s="15"/>
     </row>
     <row r="8" spans="1:11" s="5" customFormat="1" ht="30">
       <c r="A8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="7">
-        <v>734</v>
+        <v>493</v>
       </c>
       <c r="C9" s="8">
         <f>B9/$B$14</f>
-        <v>0.42111302352266206</v>
+        <v>0.47540983606557374</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="28.5">
       <c r="A10" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="10">
-        <v>245</v>
+        <v>122</v>
       </c>
       <c r="C10" s="11">
         <f>B10/$B$14</f>
-        <v>0.14056224899598393</v>
+        <v>0.11764705882352941</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="7">
-        <v>394</v>
+        <v>219</v>
       </c>
       <c r="C11" s="8">
         <f>B11/$B$14</f>
-        <v>0.22604704532415376</v>
+        <v>0.2111861137897782</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="10">
-        <v>256</v>
+        <v>143</v>
       </c>
       <c r="C12" s="11">
         <f>B12/$B$14</f>
-        <v>0.14687320711417096</v>
+        <v>0.13789778206364514</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="7">
-        <v>114</v>
+        <v>60</v>
       </c>
       <c r="C13" s="8">
         <f>B13/$B$14</f>
-        <v>6.5404475043029264E-2</v>
+        <v>5.7859209257473482E-2</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="15.75" thickBot="1">
       <c r="A14" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="13">
         <f>SUM(B9:B13)</f>
-        <v>1743</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="35.25" customHeight="1">
       <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
     </row>
     <row r="18" spans="1:3" ht="30">
       <c r="A18" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="7">
-        <v>118</v>
+        <v>79</v>
       </c>
       <c r="C19" s="8">
         <f>B19/$B$24</f>
-        <v>0.24686192468619247</v>
+        <v>0.31225296442687744</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="42.75">
       <c r="A20" s="9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B20" s="10">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="C20" s="11">
         <f>B20/$B$24</f>
-        <v>0.21338912133891214</v>
+        <v>0.20158102766798419</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="7">
-        <v>113</v>
+        <v>65</v>
       </c>
       <c r="C21" s="8">
         <f>B21/$B$24</f>
-        <v>0.23640167364016737</v>
+        <v>0.25691699604743085</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="10">
-        <v>76</v>
+        <v>36</v>
       </c>
       <c r="C22" s="11">
         <f>B22/$B$24</f>
-        <v>0.15899581589958159</v>
+        <v>0.14229249011857709</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="7">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="C23" s="8">
         <f>B23/$B$24</f>
-        <v>0.14435146443514643</v>
+        <v>8.6956521739130432E-2</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" thickBot="1">
       <c r="A24" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="13">
         <f>SUM(B19:B23)</f>
-        <v>478</v>
+        <v>253</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="A7:C7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>