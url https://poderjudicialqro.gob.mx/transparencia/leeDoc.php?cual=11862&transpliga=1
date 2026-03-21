--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -42,98 +42,101 @@
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B24" i="1"/>
   <c r="C23" s="1"/>
   <c r="B14"/>
   <c r="C13" s="1"/>
   <c r="C10" l="1"/>
   <c r="C19"/>
   <c r="C12"/>
   <c r="C20"/>
   <c r="C11"/>
   <c r="C9"/>
   <c r="C21"/>
   <c r="C22"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="17">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Datos estadísticos del Centro de Justicia Alternativa</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Centro de Justicia Alternativa</t>
   </si>
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Cantidad</t>
   </si>
   <si>
     <t>Porcentaje que representa</t>
   </si>
   <si>
     <t>Expedientes iniciados</t>
   </si>
   <si>
     <t>Expedientes en los que aceptaron mediar</t>
   </si>
   <si>
     <t>Reuniones programadas</t>
   </si>
   <si>
     <t>Reuniones verificadas</t>
   </si>
   <si>
     <t>Convenios</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Programa de Conciliación Jueces Menores</t>
   </si>
   <si>
+    <t xml:space="preserve">Enviar solo por correo a Tecnologías </t>
+  </si>
+  <si>
+    <t>Febrero</t>
+  </si>
+  <si>
     <t>Expedientes en los que aceptaron el procedimiento</t>
-  </si>
-[...1 lines deleted...]
-    <t>DICIEMBRE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -639,89 +642,92 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="F2" sqref="F2"/>
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="19.28515625" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="3" width="24.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="16.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="19.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
+      <c r="F1" s="1" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="2" spans="1:11" ht="18">
       <c r="A2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
     </row>
     <row r="3" spans="1:11" ht="18">
       <c r="A3" s="16">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" s="16"/>
       <c r="C3" s="16"/>
     </row>
     <row r="4" spans="1:11" ht="18">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="1:11" ht="15">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="18"/>
     </row>
     <row r="7" spans="1:11" ht="26.25" customHeight="1">
       <c r="A7" s="14" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="15"/>
@@ -729,199 +735,199 @@
     </row>
     <row r="8" spans="1:11" s="5" customFormat="1" ht="30">
       <c r="A8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="7">
-        <v>493</v>
+        <v>560</v>
       </c>
       <c r="C9" s="8">
         <f>B9/$B$14</f>
-        <v>0.47540983606557374</v>
+        <v>0.41420118343195267</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="28.5">
       <c r="A10" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="10">
-        <v>122</v>
+        <v>232</v>
       </c>
       <c r="C10" s="11">
         <f>B10/$B$14</f>
-        <v>0.11764705882352941</v>
+        <v>0.17159763313609466</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="7">
-        <v>219</v>
+        <v>308</v>
       </c>
       <c r="C11" s="8">
         <f>B11/$B$14</f>
-        <v>0.2111861137897782</v>
+        <v>0.22781065088757396</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="10">
-        <v>143</v>
+        <v>208</v>
       </c>
       <c r="C12" s="11">
         <f>B12/$B$14</f>
-        <v>0.13789778206364514</v>
+        <v>0.15384615384615385</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="7">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="C13" s="8">
         <f>B13/$B$14</f>
-        <v>5.7859209257473482E-2</v>
+        <v>3.2544378698224852E-2</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="15.75" thickBot="1">
       <c r="A14" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="13">
         <f>SUM(B9:B13)</f>
-        <v>1037</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="35.25" customHeight="1">
       <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
     </row>
     <row r="18" spans="1:3" ht="30">
       <c r="A18" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="7">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="C19" s="8">
         <f>B19/$B$24</f>
-        <v>0.31225296442687744</v>
+        <v>0.39855072463768115</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="42.75">
       <c r="A20" s="9" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B20" s="10">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="C20" s="11">
         <f>B20/$B$24</f>
-        <v>0.20158102766798419</v>
+        <v>7.2463768115942032E-2</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="7">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="C21" s="8">
         <f>B21/$B$24</f>
-        <v>0.25691699604743085</v>
+        <v>0.30434782608695654</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="10">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C22" s="11">
         <f>B22/$B$24</f>
-        <v>0.14229249011857709</v>
+        <v>0.13768115942028986</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="7">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C23" s="8">
         <f>B23/$B$24</f>
         <v>8.6956521739130432E-2</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15.75" thickBot="1">
       <c r="A24" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="13">
         <f>SUM(B19:B23)</f>
-        <v>253</v>
+        <v>276</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="A7:C7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>