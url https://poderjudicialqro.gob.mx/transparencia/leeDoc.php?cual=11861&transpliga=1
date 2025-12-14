--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -1,105 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cduser\Documents\MARCO AYALA7\INFORME MENSUAL\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CAC62740-5C61-4261-BDF7-E8C752F6680F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B4BC53A3-140B-45BD-9E79-0E83318D2D4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="15600" windowHeight="11040" xr2:uid="{5EDFF634-6869-4CB5-AC0C-B8E115EA9B55}"/>
   </bookViews>
   <sheets>
     <sheet name="Peritos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B18" i="1" l="1"/>
   <c r="C16" i="1" s="1"/>
   <c r="C17" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="24">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Datos estadísticos de la Coordinación de Peritos</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Peritos en Padrón</t>
   </si>
   <si>
-    <t>Expedientes recibidos para notificar</t>
-[...1 lines deleted...]
-  <si>
     <t>Intervención de intérprete con lenguaje de señas</t>
   </si>
   <si>
     <t>Intervención de traductor de lenguaje indígena</t>
   </si>
   <si>
     <t>Diligencia</t>
   </si>
   <si>
     <t>Cantidad</t>
   </si>
   <si>
     <t>Porcentaje que representa</t>
   </si>
   <si>
     <t>Notificaciones realizadas</t>
   </si>
   <si>
     <t>Constancias de imposibilidad</t>
   </si>
   <si>
     <t>Total de diligencias</t>
   </si>
   <si>
     <t>Actividades adicionales</t>
@@ -110,51 +107,54 @@
   <si>
     <t>Cancelaciones de asignación de folios</t>
   </si>
   <si>
     <t>Servicios sociales (gratuitos)</t>
   </si>
   <si>
     <t>Atenciones</t>
   </si>
   <si>
     <t>Apoyo en substanciación de quejas, denuncias o inconformidades</t>
   </si>
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Denuncias iniciadas</t>
   </si>
   <si>
     <t>Trámite</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
-    <t>AGOSTO</t>
+    <t>NOVIEMBRE</t>
+  </si>
+  <si>
+    <t>Cédulas recibidas para notificar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -675,268 +675,268 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{795EEF9E-6BD6-4968-9976-201FEF25EA46}">
   <dimension ref="A1:C31"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A25" workbookViewId="0">
-      <selection activeCell="C31" sqref="C31"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="B13" sqref="B13:C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.42578125" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" customWidth="1"/>
     <col min="3" max="3" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.7109375" customWidth="1"/>
     <col min="5" max="5" width="26.7109375" customWidth="1"/>
     <col min="6" max="6" width="23.28515625" customWidth="1"/>
     <col min="7" max="7" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
     </row>
     <row r="2" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
     </row>
     <row r="3" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="18">
         <v>2025</v>
       </c>
       <c r="B3" s="18"/>
       <c r="C3" s="18"/>
     </row>
     <row r="4" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C5" s="15"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
     </row>
     <row r="7" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="19">
         <v>301</v>
       </c>
       <c r="C7" s="15"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
     </row>
-    <row r="9" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="B9" s="19">
-        <v>155</v>
+        <v>207</v>
       </c>
       <c r="C9" s="15"/>
     </row>
     <row r="11" spans="1:3" ht="54" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B11" s="15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C11" s="15"/>
     </row>
     <row r="13" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B13" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C13" s="15"/>
     </row>
     <row r="15" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="6" t="s">
+      <c r="C15" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B16" s="8">
-        <v>231</v>
+        <v>211</v>
       </c>
       <c r="C16" s="9">
         <f>B16/$B$18</f>
-        <v>0.92031872509960155</v>
+        <v>0.9504504504504504</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" s="11">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C17" s="12">
         <f>B17/$B$18</f>
-        <v>7.9681274900398405E-2</v>
+        <v>4.954954954954955E-2</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B18" s="14">
         <f>SUM(B16:B17)</f>
-        <v>251</v>
+        <v>222</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
     </row>
     <row r="21" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A22" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B22" s="8">
-        <v>175</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B23" s="11">
-        <v>58</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B24" s="8">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B25" s="11">
-        <v>187</v>
+        <v>273</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="16" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B27" s="17"/>
     </row>
     <row r="28" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A29" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B29" s="8">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B30" s="11">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B31" s="8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B9:C9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>