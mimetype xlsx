--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cduser\Documents\MARCO AYALA7\INFORME MENSUAL\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B4BC53A3-140B-45BD-9E79-0E83318D2D4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55273754-D25C-444D-9F17-EF14CE11C5B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="15600" windowHeight="11040" xr2:uid="{5EDFF634-6869-4CB5-AC0C-B8E115EA9B55}"/>
   </bookViews>
   <sheets>
     <sheet name="Peritos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -107,54 +107,54 @@
   <si>
     <t>Cancelaciones de asignación de folios</t>
   </si>
   <si>
     <t>Servicios sociales (gratuitos)</t>
   </si>
   <si>
     <t>Atenciones</t>
   </si>
   <si>
     <t>Apoyo en substanciación de quejas, denuncias o inconformidades</t>
   </si>
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Denuncias iniciadas</t>
   </si>
   <si>
     <t>Trámite</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
-    <t>NOVIEMBRE</t>
-[...1 lines deleted...]
-  <si>
     <t>Cédulas recibidas para notificar</t>
+  </si>
+  <si>
+    <t>DICIEMBRE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -675,263 +675,263 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{795EEF9E-6BD6-4968-9976-201FEF25EA46}">
   <dimension ref="A1:C31"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13:C13"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.42578125" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" customWidth="1"/>
     <col min="3" max="3" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.7109375" customWidth="1"/>
     <col min="5" max="5" width="26.7109375" customWidth="1"/>
     <col min="6" max="6" width="23.28515625" customWidth="1"/>
     <col min="7" max="7" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
     </row>
     <row r="2" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
     </row>
     <row r="3" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="18">
         <v>2025</v>
       </c>
       <c r="B3" s="18"/>
       <c r="C3" s="18"/>
     </row>
     <row r="4" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="19" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" s="15"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
     </row>
     <row r="7" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="19">
         <v>301</v>
       </c>
       <c r="C7" s="15"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
     </row>
     <row r="9" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B9" s="19">
-        <v>207</v>
+        <v>105</v>
       </c>
       <c r="C9" s="15"/>
     </row>
     <row r="11" spans="1:3" ht="54" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="15">
         <v>0</v>
       </c>
       <c r="C11" s="15"/>
     </row>
     <row r="13" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="15">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C13" s="15"/>
     </row>
     <row r="15" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="8">
-        <v>211</v>
+        <v>66</v>
       </c>
       <c r="C16" s="9">
         <f>B16/$B$18</f>
-        <v>0.9504504504504504</v>
+        <v>0.90410958904109584</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="11">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C17" s="12">
         <f>B17/$B$18</f>
-        <v>4.954954954954955E-2</v>
+        <v>9.5890410958904104E-2</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="14">
         <f>SUM(B16:B17)</f>
-        <v>222</v>
+        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
     </row>
     <row r="21" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A22" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="8">
-        <v>157</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="11">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="8">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="11">
-        <v>273</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17"/>
     </row>
     <row r="28" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="8">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B30" s="11">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B9:C9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>