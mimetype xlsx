--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cduser\Documents\MARCO AYALA7\INFORME MENSUAL\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55273754-D25C-444D-9F17-EF14CE11C5B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6319E02E-FF23-4FCE-AA71-63152D322EE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="15600" windowHeight="11040" xr2:uid="{5EDFF634-6869-4CB5-AC0C-B8E115EA9B55}"/>
   </bookViews>
   <sheets>
     <sheet name="Peritos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -110,51 +110,51 @@
   <si>
     <t>Servicios sociales (gratuitos)</t>
   </si>
   <si>
     <t>Atenciones</t>
   </si>
   <si>
     <t>Apoyo en substanciación de quejas, denuncias o inconformidades</t>
   </si>
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Denuncias iniciadas</t>
   </si>
   <si>
     <t>Trámite</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Cédulas recibidas para notificar</t>
   </si>
   <si>
-    <t>DICIEMBRE</t>
+    <t>ENERO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -675,263 +675,263 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{795EEF9E-6BD6-4968-9976-201FEF25EA46}">
   <dimension ref="A1:C31"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="D14" sqref="D14"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7:C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.42578125" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" customWidth="1"/>
     <col min="3" max="3" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.7109375" customWidth="1"/>
     <col min="5" max="5" width="26.7109375" customWidth="1"/>
     <col min="6" max="6" width="23.28515625" customWidth="1"/>
     <col min="7" max="7" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
     </row>
     <row r="2" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
     </row>
     <row r="3" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="18">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" s="18"/>
       <c r="C3" s="18"/>
     </row>
     <row r="4" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="19" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="15"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
     </row>
     <row r="7" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="19">
-        <v>301</v>
+        <v>287</v>
       </c>
       <c r="C7" s="15"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
     </row>
     <row r="9" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="19">
-        <v>105</v>
+        <v>195</v>
       </c>
       <c r="C9" s="15"/>
     </row>
     <row r="11" spans="1:3" ht="54" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="15">
         <v>0</v>
       </c>
       <c r="C11" s="15"/>
     </row>
     <row r="13" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="15">
         <v>0</v>
       </c>
       <c r="C13" s="15"/>
     </row>
     <row r="15" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="8">
-        <v>66</v>
+        <v>224</v>
       </c>
       <c r="C16" s="9">
         <f>B16/$B$18</f>
-        <v>0.90410958904109584</v>
+        <v>0.97816593886462877</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="11">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C17" s="12">
         <f>B17/$B$18</f>
-        <v>9.5890410958904104E-2</v>
+        <v>2.1834061135371178E-2</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="14">
         <f>SUM(B16:B17)</f>
-        <v>73</v>
+        <v>229</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
     </row>
     <row r="21" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A22" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="8">
-        <v>100</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="11">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="8">
-        <v>4</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="11">
-        <v>75</v>
+        <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17"/>
     </row>
     <row r="28" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="8">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B30" s="11">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B9:C9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>