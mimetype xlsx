--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -1,96 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cduser\Documents\DATOS ABIERTOS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cecy_\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B003129A-839C-48D4-AB73-AF8D43AB8F0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5251456E-0B00-49A3-8153-61B318D21748}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="19080" yWindow="-2730" windowWidth="29040" windowHeight="15720" xr2:uid="{0825683A-C8A3-4F2F-8290-EB662BCDE18B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C67375EF-3176-447F-ABE8-9F2EAA310185}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja2" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C63" i="2" l="1"/>
   <c r="C52" i="2"/>
   <c r="C41" i="2"/>
   <c r="D39" i="2" s="1"/>
   <c r="C33" i="2"/>
-  <c r="D32" i="2" s="1"/>
+  <c r="D31" i="2" s="1"/>
   <c r="C26" i="2"/>
   <c r="C19" i="2"/>
   <c r="D36" i="2" l="1"/>
   <c r="D37" i="2"/>
+  <c r="D38" i="2"/>
+  <c r="D32" i="2"/>
+  <c r="D30" i="2"/>
   <c r="D29" i="2"/>
-  <c r="D38" i="2"/>
-[...1 lines deleted...]
-  <c r="D31" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="32">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Datos estadísticos de la Oficina Central de Consignaciones</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Usuarios atendidos</t>
   </si>
   <si>
     <t>Depósitos</t>
   </si>
   <si>
     <t>Retiros</t>
   </si>
   <si>
     <t>Distrito judicial</t>
@@ -116,81 +115,81 @@
   <si>
     <t>Transferencia electrónica</t>
   </si>
   <si>
     <t>Retiros en ventanilla</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>San Juan del Río</t>
   </si>
   <si>
     <t>Expediente judicial (materias civil, familiar, mercantil y laboral).</t>
   </si>
   <si>
     <t>Expediente judicial (fianzas, reparaciones de daño, multas, conmutaciones y otros relacionados con la materia penal)</t>
   </si>
   <si>
     <t>Trámites adicionales</t>
   </si>
   <si>
     <t>Trámite</t>
   </si>
   <si>
+    <t>Central de Consignaciones Querétaro</t>
+  </si>
+  <si>
     <t>Notificaciones</t>
   </si>
   <si>
     <t>Acuerdos</t>
   </si>
   <si>
     <t>Historiales de cuaderno</t>
   </si>
   <si>
+    <t>Informes y constancias de existencia o inexistencia de depósitos</t>
+  </si>
+  <si>
     <t>Entrega de referencias bancarias</t>
   </si>
   <si>
     <t>Cuadernos de pensión aperturados</t>
   </si>
   <si>
     <t>Cuadernos de renta y pago aperturados</t>
   </si>
   <si>
     <t>Cuentas bancarias de beneficiarios recepcionadas</t>
   </si>
   <si>
-    <t>Central de Consignaciones Querétaro</t>
-[...4 lines deleted...]
-  <si>
     <t>Central de Consignaciones S.J.R.</t>
   </si>
   <si>
-    <t>Septiembre de 2025</t>
+    <t>Noviembre de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -324,200 +323,200 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color rgb="FF272282"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color rgb="FF272282"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF272282"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF272282"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF272282"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF272282"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="4" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
@@ -815,68 +814,64 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{825926B2-A5E5-4008-ABDD-387C974E14ED}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8EEE45C-F1CA-48C5-87D7-181803D5ABF3}">
   <dimension ref="A1:D63"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D9" sqref="D9"/>
+    <sheetView tabSelected="1" topLeftCell="A58" workbookViewId="0">
+      <selection activeCell="C64" sqref="C64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.5703125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="24.85546875" customWidth="1"/>
+    <col min="1" max="1" width="30.140625" customWidth="1"/>
+    <col min="2" max="2" width="25.85546875" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="15.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
     </row>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="39"/>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="39">
         <v>2025</v>
       </c>
       <c r="B3" s="39"/>
       <c r="C3" s="39"/>
       <c r="D3" s="39"/>
@@ -886,682 +881,681 @@
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
     </row>
     <row r="5" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="40" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="41"/>
       <c r="D5" s="3"/>
     </row>
     <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
     </row>
     <row r="7" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="42">
-        <v>5499</v>
+        <v>5221</v>
       </c>
       <c r="C7" s="42"/>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="42">
-        <v>21775</v>
+        <v>20062</v>
       </c>
       <c r="C9" s="42"/>
       <c r="D9" s="3"/>
     </row>
     <row r="10" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
     </row>
     <row r="11" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="42">
-        <v>20875</v>
+        <v>19575</v>
       </c>
       <c r="C11" s="42"/>
       <c r="D11" s="3"/>
     </row>
     <row r="12" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
     </row>
-    <row r="14" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="36" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="8">
-        <v>14608</v>
+        <v>13372</v>
       </c>
       <c r="D15" s="9">
-        <v>0.98570000000000002</v>
+        <v>0.98780000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="36"/>
       <c r="B16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="11">
-        <v>211</v>
+        <v>165</v>
       </c>
       <c r="D16" s="12">
-        <v>1.43E-2</v>
+        <v>1.2200000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="36"/>
       <c r="B17" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="8">
-        <v>12165</v>
+        <v>11252</v>
       </c>
       <c r="D17" s="9">
-        <v>0.84440000000000004</v>
+        <v>0.83209999999999995</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="36"/>
       <c r="B18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="11">
-        <v>2240</v>
+        <v>2269</v>
       </c>
       <c r="D18" s="12">
-        <v>0.15559999999999999</v>
+        <v>0.16789999999999999</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="37"/>
       <c r="C19" s="13">
         <f>SUM(C15:C18)</f>
-        <v>29224</v>
+        <v>27058</v>
       </c>
       <c r="D19" s="5"/>
     </row>
     <row r="20" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
     </row>
-    <row r="21" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="36" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="8">
-        <v>5135</v>
+        <v>4808</v>
       </c>
       <c r="D22" s="9">
-        <v>0.98419999999999996</v>
+        <v>0.98340000000000005</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="36"/>
       <c r="B23" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="11">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D23" s="12">
-        <v>1.5800000000000002E-2</v>
+        <v>1.66E-2</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="36"/>
       <c r="B24" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="8">
-        <v>4350</v>
+        <v>4067</v>
       </c>
       <c r="D24" s="9">
-        <v>0.82830000000000004</v>
+        <v>0.86450000000000005</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="36"/>
       <c r="B25" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="11">
-        <v>776</v>
+        <v>637</v>
       </c>
       <c r="D25" s="12">
-        <v>0.17169999999999999</v>
+        <v>0.13550000000000001</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="13">
         <f>SUM(C22:C25)</f>
-        <v>10343</v>
+        <v>9593</v>
       </c>
       <c r="D26" s="5"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="5"/>
       <c r="B27" s="5"/>
       <c r="C27" s="5"/>
       <c r="D27" s="5"/>
     </row>
-    <row r="28" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="36" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="8">
-        <v>960</v>
+        <v>920</v>
       </c>
       <c r="D29" s="9">
         <f>C29/$C$33</f>
-        <v>0.43087971274685816</v>
+        <v>0.45454545454545453</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="36"/>
       <c r="B30" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="11">
-        <v>830</v>
+        <v>713</v>
       </c>
       <c r="D30" s="12">
         <f>C30/$C$33</f>
-        <v>0.37253141831238779</v>
+        <v>0.35227272727272729</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="36" t="s">
         <v>16</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="8">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="D31" s="9">
         <f>C31/$C$33</f>
-        <v>0.11310592459605028</v>
+        <v>0.11956521739130435</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="36"/>
       <c r="B32" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="11">
-        <v>186</v>
+        <v>149</v>
       </c>
       <c r="D32" s="12">
         <f>C32/$C$33</f>
-        <v>8.3482944344703769E-2</v>
+        <v>7.3616600790513839E-2</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B33" s="37"/>
       <c r="C33" s="13">
         <f>SUM(C29:C32)</f>
-        <v>2228</v>
+        <v>2024</v>
       </c>
       <c r="D33" s="5"/>
     </row>
     <row r="34" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
     </row>
-    <row r="35" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B35" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="38" t="s">
         <v>10</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="18">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="D36" s="19">
         <f>C36/$C$41</f>
-        <v>0.47013487475915222</v>
+        <v>0.40791738382099829</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="38"/>
       <c r="B37" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="21">
-        <v>157</v>
+        <v>221</v>
       </c>
       <c r="D37" s="22">
         <f>C37/$C$41</f>
-        <v>0.30250481695568399</v>
+        <v>0.38037865748709121</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="21">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="D38" s="22">
         <f>C38/$C$41</f>
-        <v>0.15992292870905589</v>
+        <v>0.13253012048192772</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="16"/>
       <c r="B39" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="21">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="D39" s="22">
         <f>C39/$C$41</f>
-        <v>6.7437379576107903E-2</v>
+        <v>7.9173838209982791E-2</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="23"/>
       <c r="B40" s="24"/>
       <c r="C40" s="25"/>
       <c r="D40" s="26"/>
     </row>
     <row r="41" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B41" s="37"/>
       <c r="C41" s="13">
         <f>SUM(C36:C39)</f>
-        <v>519</v>
+        <v>581</v>
       </c>
       <c r="D41" s="5"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="5"/>
       <c r="B42" s="5"/>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
     </row>
     <row r="43" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="5"/>
     </row>
-    <row r="44" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="31" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="B44" s="27" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C44" s="28">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D44" s="5"/>
     </row>
     <row r="45" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="32"/>
       <c r="B45" s="29" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C45" s="30">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="D45" s="5"/>
     </row>
-    <row r="46" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="32"/>
       <c r="B46" s="27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C46" s="28">
-        <v>453</v>
+        <v>403</v>
       </c>
       <c r="D46" s="5"/>
     </row>
-    <row r="47" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="32"/>
       <c r="B47" s="29" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C47" s="30">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="D47" s="5"/>
     </row>
-    <row r="48" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="32"/>
       <c r="B48" s="27" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C48" s="28">
-        <v>183</v>
+        <v>412</v>
       </c>
       <c r="D48" s="5"/>
     </row>
-    <row r="49" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="32"/>
       <c r="B49" s="29" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C49" s="30">
-        <v>184</v>
+        <v>141</v>
       </c>
       <c r="D49" s="5"/>
     </row>
-    <row r="50" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="32"/>
       <c r="B50" s="27" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C50" s="28">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D50" s="5"/>
     </row>
-    <row r="51" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="33"/>
       <c r="B51" s="29" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C51" s="30">
-        <v>172</v>
+        <v>143</v>
       </c>
       <c r="D51" s="5"/>
     </row>
     <row r="52" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B52" s="35"/>
       <c r="C52" s="13">
         <f>SUM(C44:C51)</f>
-        <v>1623</v>
+        <v>1709</v>
       </c>
       <c r="D52" s="5"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="5"/>
       <c r="B53" s="5"/>
       <c r="C53" s="5"/>
       <c r="D53" s="5"/>
     </row>
     <row r="54" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="5"/>
     </row>
-    <row r="55" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="31" t="s">
         <v>30</v>
       </c>
       <c r="B55" s="27" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C55" s="28">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="D55" s="5"/>
     </row>
     <row r="56" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="32"/>
       <c r="B56" s="29" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C56" s="30">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D56" s="5"/>
     </row>
-    <row r="57" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="32"/>
       <c r="B57" s="27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C57" s="28">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="D57" s="5"/>
     </row>
-    <row r="58" spans="1:4" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="32"/>
       <c r="B58" s="29" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C58" s="30">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D58" s="5"/>
     </row>
-    <row r="59" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="32"/>
       <c r="B59" s="27" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C59" s="28">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="D59" s="5"/>
     </row>
-    <row r="60" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="32"/>
       <c r="B60" s="29" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C60" s="30">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D60" s="5"/>
     </row>
-    <row r="61" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="32"/>
       <c r="B61" s="27" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C61" s="28">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D61" s="5"/>
     </row>
-    <row r="62" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="33"/>
       <c r="B62" s="29" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C62" s="30">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D62" s="5"/>
     </row>
     <row r="63" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B63" s="35"/>
       <c r="C63" s="13">
         <f>SUM(C55:C62)</f>
-        <v>494</v>
+        <v>367</v>
       </c>
       <c r="D63" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A29:A30"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="A15:A18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A22:A25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A55:A62"/>
     <mergeCell ref="A63:B63"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A36:A37"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="A44:A51"/>
     <mergeCell ref="A52:B52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>