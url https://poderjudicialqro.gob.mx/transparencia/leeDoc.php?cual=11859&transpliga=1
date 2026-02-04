--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cecy_\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cduser\Documents\DATOS ABIERTOS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5251456E-0B00-49A3-8153-61B318D21748}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D20A622A-98BE-4DE5-9CD8-55946339A39A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C67375EF-3176-447F-ABE8-9F2EAA310185}"/>
+    <workbookView xWindow="19080" yWindow="-2730" windowWidth="29040" windowHeight="15720" xr2:uid="{C67375EF-3176-447F-ABE8-9F2EAA310185}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja2" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C63" i="2" l="1"/>
@@ -145,51 +145,51 @@
   <si>
     <t>Acuerdos</t>
   </si>
   <si>
     <t>Historiales de cuaderno</t>
   </si>
   <si>
     <t>Informes y constancias de existencia o inexistencia de depósitos</t>
   </si>
   <si>
     <t>Entrega de referencias bancarias</t>
   </si>
   <si>
     <t>Cuadernos de pensión aperturados</t>
   </si>
   <si>
     <t>Cuadernos de renta y pago aperturados</t>
   </si>
   <si>
     <t>Cuentas bancarias de beneficiarios recepcionadas</t>
   </si>
   <si>
     <t>Central de Consignaciones S.J.R.</t>
   </si>
   <si>
-    <t>Noviembre de 2025</t>
+    <t>Diciembre de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -460,85 +460,85 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -818,742 +818,742 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8EEE45C-F1CA-48C5-87D7-181803D5ABF3}">
   <dimension ref="A1:D63"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A58" workbookViewId="0">
-      <selection activeCell="C64" sqref="C64"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="H14" sqref="H14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.140625" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="39" t="s">
+      <c r="A1" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="39"/>
-[...1 lines deleted...]
-      <c r="D1" s="39"/>
+      <c r="B1" s="32"/>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
     </row>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="39" t="s">
+      <c r="A2" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="39"/>
-[...1 lines deleted...]
-      <c r="D2" s="39"/>
+      <c r="B2" s="32"/>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="39">
+      <c r="A3" s="32">
         <v>2025</v>
       </c>
-      <c r="B3" s="39"/>
-[...1 lines deleted...]
-      <c r="D3" s="39"/>
+      <c r="B3" s="32"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
     </row>
     <row r="4" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
     </row>
     <row r="5" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="41"/>
+      <c r="C5" s="34"/>
       <c r="D5" s="3"/>
     </row>
     <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
     </row>
     <row r="7" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="42">
-[...2 lines deleted...]
-      <c r="C7" s="42"/>
+      <c r="B7" s="35">
+        <v>4666</v>
+      </c>
+      <c r="C7" s="35"/>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="42">
-[...2 lines deleted...]
-      <c r="C9" s="42"/>
+      <c r="B9" s="35">
+        <v>26896</v>
+      </c>
+      <c r="C9" s="35"/>
       <c r="D9" s="3"/>
     </row>
     <row r="10" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
     </row>
     <row r="11" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="42">
-[...2 lines deleted...]
-      <c r="C11" s="42"/>
+      <c r="B11" s="35">
+        <v>25606</v>
+      </c>
+      <c r="C11" s="35"/>
       <c r="D11" s="3"/>
     </row>
     <row r="12" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
     </row>
     <row r="14" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A15" s="36" t="s">
+      <c r="A15" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="8">
-        <v>13372</v>
+        <v>18734</v>
       </c>
       <c r="D15" s="9">
-        <v>0.98780000000000001</v>
+        <v>0.99180000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A16" s="36"/>
+      <c r="A16" s="31"/>
       <c r="B16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="11">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="D16" s="12">
-        <v>1.2200000000000001E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A17" s="36"/>
+      <c r="A17" s="31"/>
       <c r="B17" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="8">
-        <v>11252</v>
+        <v>15984</v>
       </c>
       <c r="D17" s="9">
-        <v>0.83209999999999995</v>
+        <v>0.88019999999999998</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A18" s="36"/>
+      <c r="A18" s="31"/>
       <c r="B18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="11">
-        <v>2269</v>
+        <v>2175</v>
       </c>
       <c r="D18" s="12">
-        <v>0.16789999999999999</v>
+        <v>0.1193</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="34" t="s">
+      <c r="A19" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="37"/>
       <c r="C19" s="13">
         <f>SUM(C15:C18)</f>
-        <v>27058</v>
+        <v>37047</v>
       </c>
       <c r="D19" s="5"/>
     </row>
     <row r="20" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
     </row>
     <row r="21" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A22" s="36" t="s">
+      <c r="A22" s="31" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="8">
-        <v>4808</v>
+        <v>6504</v>
       </c>
       <c r="D22" s="9">
-        <v>0.98340000000000005</v>
+        <v>0.9919</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A23" s="36"/>
+      <c r="A23" s="31"/>
       <c r="B23" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="11">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="D23" s="12">
-        <v>1.66E-2</v>
+        <v>8.0999999999999996E-3</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A24" s="36"/>
+      <c r="A24" s="31"/>
       <c r="B24" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="8">
-        <v>4067</v>
+        <v>5558</v>
       </c>
       <c r="D24" s="9">
-        <v>0.86450000000000005</v>
+        <v>0.87229999999999996</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A25" s="36"/>
+      <c r="A25" s="31"/>
       <c r="B25" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="11">
-        <v>637</v>
+        <v>813</v>
       </c>
       <c r="D25" s="12">
-        <v>0.13550000000000001</v>
+        <v>0.12770000000000001</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="34" t="s">
+      <c r="A26" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="13">
         <f>SUM(C22:C25)</f>
-        <v>9593</v>
+        <v>12928</v>
       </c>
       <c r="D26" s="5"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="5"/>
       <c r="B27" s="5"/>
       <c r="C27" s="5"/>
       <c r="D27" s="5"/>
     </row>
     <row r="28" spans="1:4" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A29" s="36" t="s">
+      <c r="A29" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="8">
-        <v>920</v>
+        <v>804</v>
       </c>
       <c r="D29" s="9">
         <f>C29/$C$33</f>
-        <v>0.45454545454545453</v>
+        <v>0.45969125214408235</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A30" s="36"/>
+      <c r="A30" s="31"/>
       <c r="B30" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="11">
-        <v>713</v>
+        <v>483</v>
       </c>
       <c r="D30" s="12">
         <f>C30/$C$33</f>
-        <v>0.35227272727272729</v>
+        <v>0.27615780445969124</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="36" t="s">
+      <c r="A31" s="31" t="s">
         <v>16</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="8">
-        <v>242</v>
+        <v>172</v>
       </c>
       <c r="D31" s="9">
         <f>C31/$C$33</f>
-        <v>0.11956521739130435</v>
+        <v>9.8341909662664373E-2</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A32" s="36"/>
+      <c r="A32" s="31"/>
       <c r="B32" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="11">
-        <v>149</v>
+        <v>290</v>
       </c>
       <c r="D32" s="12">
         <f>C32/$C$33</f>
-        <v>7.3616600790513839E-2</v>
+        <v>0.16580903373356204</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="34" t="s">
+      <c r="A33" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B33" s="37"/>
       <c r="C33" s="13">
         <f>SUM(C29:C32)</f>
-        <v>2024</v>
+        <v>1749</v>
       </c>
       <c r="D33" s="5"/>
     </row>
     <row r="34" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
     </row>
     <row r="35" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B35" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A36" s="38" t="s">
+      <c r="A36" s="42" t="s">
         <v>10</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="18">
-        <v>237</v>
+        <v>267</v>
       </c>
       <c r="D36" s="19">
         <f>C36/$C$41</f>
-        <v>0.40791738382099829</v>
+        <v>0.49353049907578556</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A37" s="38"/>
+      <c r="A37" s="42"/>
       <c r="B37" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="21">
-        <v>221</v>
+        <v>166</v>
       </c>
       <c r="D37" s="22">
         <f>C37/$C$41</f>
-        <v>0.38037865748709121</v>
+        <v>0.30683918669131238</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="21">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D38" s="22">
         <f>C38/$C$41</f>
-        <v>0.13253012048192772</v>
+        <v>0.10536044362292052</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="16"/>
       <c r="B39" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="21">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D39" s="22">
         <f>C39/$C$41</f>
-        <v>7.9173838209982791E-2</v>
+        <v>9.4269870609981515E-2</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="23"/>
       <c r="B40" s="24"/>
       <c r="C40" s="25"/>
       <c r="D40" s="26"/>
     </row>
     <row r="41" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="34" t="s">
+      <c r="A41" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B41" s="37"/>
       <c r="C41" s="13">
         <f>SUM(C36:C39)</f>
-        <v>581</v>
+        <v>541</v>
       </c>
       <c r="D41" s="5"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="5"/>
       <c r="B42" s="5"/>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
     </row>
     <row r="43" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="5"/>
     </row>
     <row r="44" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="31" t="s">
+      <c r="A44" s="38" t="s">
         <v>21</v>
       </c>
       <c r="B44" s="27" t="s">
         <v>22</v>
       </c>
       <c r="C44" s="28">
-        <v>208</v>
+        <v>127</v>
       </c>
       <c r="D44" s="5"/>
     </row>
     <row r="45" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A45" s="32"/>
+      <c r="A45" s="39"/>
       <c r="B45" s="29" t="s">
         <v>23</v>
       </c>
       <c r="C45" s="30">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="D45" s="5"/>
     </row>
     <row r="46" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="32"/>
+      <c r="A46" s="39"/>
       <c r="B46" s="27" t="s">
         <v>24</v>
       </c>
       <c r="C46" s="28">
-        <v>403</v>
+        <v>209</v>
       </c>
       <c r="D46" s="5"/>
     </row>
     <row r="47" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="32"/>
+      <c r="A47" s="39"/>
       <c r="B47" s="29" t="s">
         <v>25</v>
       </c>
       <c r="C47" s="30">
-        <v>247</v>
+        <v>158</v>
       </c>
       <c r="D47" s="5"/>
     </row>
     <row r="48" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="32"/>
+      <c r="A48" s="39"/>
       <c r="B48" s="27" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="28">
-        <v>412</v>
+        <v>225</v>
       </c>
       <c r="D48" s="5"/>
     </row>
     <row r="49" spans="1:4" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="32"/>
+      <c r="A49" s="39"/>
       <c r="B49" s="29" t="s">
         <v>27</v>
       </c>
       <c r="C49" s="30">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D49" s="5"/>
     </row>
     <row r="50" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="32"/>
+      <c r="A50" s="39"/>
       <c r="B50" s="27" t="s">
         <v>28</v>
       </c>
       <c r="C50" s="28">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D50" s="5"/>
     </row>
     <row r="51" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="33"/>
+      <c r="A51" s="40"/>
       <c r="B51" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C51" s="30">
-        <v>143</v>
+        <v>101</v>
       </c>
       <c r="D51" s="5"/>
     </row>
     <row r="52" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="34" t="s">
+      <c r="A52" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="B52" s="35"/>
+      <c r="B52" s="41"/>
       <c r="C52" s="13">
         <f>SUM(C44:C51)</f>
-        <v>1709</v>
+        <v>1041</v>
       </c>
       <c r="D52" s="5"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="5"/>
       <c r="B53" s="5"/>
       <c r="C53" s="5"/>
       <c r="D53" s="5"/>
     </row>
     <row r="54" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="5"/>
     </row>
     <row r="55" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="31" t="s">
+      <c r="A55" s="38" t="s">
         <v>30</v>
       </c>
       <c r="B55" s="27" t="s">
         <v>22</v>
       </c>
       <c r="C55" s="28">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="D55" s="5"/>
     </row>
     <row r="56" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A56" s="32"/>
+      <c r="A56" s="39"/>
       <c r="B56" s="29" t="s">
         <v>23</v>
       </c>
       <c r="C56" s="30">
         <v>6</v>
       </c>
       <c r="D56" s="5"/>
     </row>
     <row r="57" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="32"/>
+      <c r="A57" s="39"/>
       <c r="B57" s="27" t="s">
         <v>24</v>
       </c>
       <c r="C57" s="28">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="D57" s="5"/>
     </row>
     <row r="58" spans="1:4" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="32"/>
+      <c r="A58" s="39"/>
       <c r="B58" s="29" t="s">
         <v>25</v>
       </c>
       <c r="C58" s="30">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D58" s="5"/>
     </row>
     <row r="59" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="32"/>
+      <c r="A59" s="39"/>
       <c r="B59" s="27" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="28">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D59" s="5"/>
     </row>
     <row r="60" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="32"/>
+      <c r="A60" s="39"/>
       <c r="B60" s="29" t="s">
         <v>27</v>
       </c>
       <c r="C60" s="30">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D60" s="5"/>
     </row>
     <row r="61" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="32"/>
+      <c r="A61" s="39"/>
       <c r="B61" s="27" t="s">
         <v>28</v>
       </c>
       <c r="C61" s="28">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D61" s="5"/>
     </row>
     <row r="62" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="33"/>
+      <c r="A62" s="40"/>
       <c r="B62" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C62" s="30">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D62" s="5"/>
     </row>
     <row r="63" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="34" t="s">
+      <c r="A63" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="B63" s="35"/>
+      <c r="B63" s="41"/>
       <c r="C63" s="13">
         <f>SUM(C55:C62)</f>
-        <v>367</v>
+        <v>327</v>
       </c>
       <c r="D63" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="A55:A62"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="A36:A37"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="A44:A51"/>
+    <mergeCell ref="A52:B52"/>
     <mergeCell ref="A29:A30"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="A15:A18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A22:A25"/>
     <mergeCell ref="A26:B26"/>
-    <mergeCell ref="A55:A62"/>
-[...6 lines deleted...]
-    <mergeCell ref="A52:B52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>