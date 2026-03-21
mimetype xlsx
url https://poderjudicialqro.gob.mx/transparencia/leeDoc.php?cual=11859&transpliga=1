--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cduser\Documents\DATOS ABIERTOS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D20A622A-98BE-4DE5-9CD8-55946339A39A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{856B88E0-8333-4411-B146-47EB9A1893B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="19080" yWindow="-2730" windowWidth="29040" windowHeight="15720" xr2:uid="{C67375EF-3176-447F-ABE8-9F2EAA310185}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja2" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -145,51 +145,51 @@
   <si>
     <t>Acuerdos</t>
   </si>
   <si>
     <t>Historiales de cuaderno</t>
   </si>
   <si>
     <t>Informes y constancias de existencia o inexistencia de depósitos</t>
   </si>
   <si>
     <t>Entrega de referencias bancarias</t>
   </si>
   <si>
     <t>Cuadernos de pensión aperturados</t>
   </si>
   <si>
     <t>Cuadernos de renta y pago aperturados</t>
   </si>
   <si>
     <t>Cuentas bancarias de beneficiarios recepcionadas</t>
   </si>
   <si>
     <t>Central de Consignaciones S.J.R.</t>
   </si>
   <si>
-    <t>Diciembre de 2025.</t>
+    <t>Febrero de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -819,716 +819,716 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8EEE45C-F1CA-48C5-87D7-181803D5ABF3}">
   <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H14" sqref="H14"/>
+      <selection activeCell="C64" sqref="C64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.140625" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
     </row>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="32" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="32"/>
       <c r="C2" s="32"/>
       <c r="D2" s="32"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="32">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" s="32"/>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
     </row>
     <row r="4" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
     </row>
     <row r="5" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="33" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="34"/>
       <c r="D5" s="3"/>
     </row>
     <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
     </row>
     <row r="7" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="35">
-        <v>4666</v>
+        <v>7201</v>
       </c>
       <c r="C7" s="35"/>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="35">
-        <v>26896</v>
+        <v>18971</v>
       </c>
       <c r="C9" s="35"/>
       <c r="D9" s="3"/>
     </row>
     <row r="10" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
     </row>
     <row r="11" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="35">
-        <v>25606</v>
+        <v>18443</v>
       </c>
       <c r="C11" s="35"/>
       <c r="D11" s="3"/>
     </row>
     <row r="12" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
     </row>
     <row r="14" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="8">
-        <v>18734</v>
+        <v>13253</v>
       </c>
       <c r="D15" s="9">
-        <v>0.99180000000000001</v>
+        <v>0.98599999999999999</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="31"/>
       <c r="B16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="11">
-        <v>154</v>
+        <v>187</v>
       </c>
       <c r="D16" s="12">
-        <v>8.2000000000000007E-3</v>
+        <v>1.4E-2</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="31"/>
       <c r="B17" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="8">
-        <v>15984</v>
+        <v>11039</v>
       </c>
       <c r="D17" s="9">
-        <v>0.88019999999999998</v>
+        <v>0.84060000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="31"/>
       <c r="B18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="11">
-        <v>2175</v>
+        <v>2092</v>
       </c>
       <c r="D18" s="12">
-        <v>0.1193</v>
+        <v>0.15939999999999999</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="37"/>
       <c r="C19" s="13">
         <f>SUM(C15:C18)</f>
-        <v>37047</v>
+        <v>26571</v>
       </c>
       <c r="D19" s="5"/>
     </row>
     <row r="20" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
     </row>
     <row r="21" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="31" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="8">
-        <v>6504</v>
+        <v>4792</v>
       </c>
       <c r="D22" s="9">
-        <v>0.9919</v>
+        <v>0.98860000000000003</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="31"/>
       <c r="B23" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="11">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D23" s="12">
-        <v>8.0999999999999996E-3</v>
+        <v>1.14E-2</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="31"/>
       <c r="B24" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="8">
-        <v>5558</v>
+        <v>4042</v>
       </c>
       <c r="D24" s="9">
-        <v>0.87229999999999996</v>
+        <v>0.8075</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="31"/>
       <c r="B25" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="11">
-        <v>813</v>
+        <v>963</v>
       </c>
       <c r="D25" s="12">
-        <v>0.12770000000000001</v>
+        <v>0.1925</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B26" s="37"/>
       <c r="C26" s="13">
         <f>SUM(C22:C25)</f>
-        <v>12928</v>
+        <v>9852</v>
       </c>
       <c r="D26" s="5"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="5"/>
       <c r="B27" s="5"/>
       <c r="C27" s="5"/>
       <c r="D27" s="5"/>
     </row>
     <row r="28" spans="1:4" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="8">
-        <v>804</v>
+        <v>925</v>
       </c>
       <c r="D29" s="9">
         <f>C29/$C$33</f>
-        <v>0.45969125214408235</v>
+        <v>0.49412393162393164</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="31"/>
       <c r="B30" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="11">
-        <v>483</v>
+        <v>599</v>
       </c>
       <c r="D30" s="12">
         <f>C30/$C$33</f>
-        <v>0.27615780445969124</v>
+        <v>0.31997863247863245</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="31" t="s">
         <v>16</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="8">
-        <v>172</v>
+        <v>242</v>
       </c>
       <c r="D31" s="9">
         <f>C31/$C$33</f>
-        <v>9.8341909662664373E-2</v>
+        <v>0.12927350427350429</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="31"/>
       <c r="B32" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="11">
-        <v>290</v>
+        <v>106</v>
       </c>
       <c r="D32" s="12">
         <f>C32/$C$33</f>
-        <v>0.16580903373356204</v>
+        <v>5.6623931623931624E-2</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B33" s="37"/>
       <c r="C33" s="13">
         <f>SUM(C29:C32)</f>
-        <v>1749</v>
+        <v>1872</v>
       </c>
       <c r="D33" s="5"/>
     </row>
     <row r="34" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
     </row>
     <row r="35" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B35" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="42" t="s">
         <v>10</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="18">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="D36" s="19">
         <f>C36/$C$41</f>
-        <v>0.49353049907578556</v>
+        <v>0.4981751824817518</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="42"/>
       <c r="B37" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="21">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D37" s="22">
         <f>C37/$C$41</f>
-        <v>0.30683918669131238</v>
+        <v>0.29744525547445255</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="21">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D38" s="22">
         <f>C38/$C$41</f>
-        <v>0.10536044362292052</v>
+        <v>0.10766423357664233</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="16"/>
       <c r="B39" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="21">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D39" s="22">
         <f>C39/$C$41</f>
-        <v>9.4269870609981515E-2</v>
+        <v>9.6715328467153291E-2</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="23"/>
       <c r="B40" s="24"/>
       <c r="C40" s="25"/>
       <c r="D40" s="26"/>
     </row>
     <row r="41" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B41" s="37"/>
       <c r="C41" s="13">
         <f>SUM(C36:C39)</f>
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="D41" s="5"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="5"/>
       <c r="B42" s="5"/>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
     </row>
     <row r="43" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="5"/>
     </row>
     <row r="44" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="38" t="s">
         <v>21</v>
       </c>
       <c r="B44" s="27" t="s">
         <v>22</v>
       </c>
       <c r="C44" s="28">
-        <v>127</v>
+        <v>288</v>
       </c>
       <c r="D44" s="5"/>
     </row>
     <row r="45" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="39"/>
       <c r="B45" s="29" t="s">
         <v>23</v>
       </c>
       <c r="C45" s="30">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="D45" s="5"/>
     </row>
     <row r="46" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="39"/>
       <c r="B46" s="27" t="s">
         <v>24</v>
       </c>
       <c r="C46" s="28">
-        <v>209</v>
+        <v>239</v>
       </c>
       <c r="D46" s="5"/>
     </row>
     <row r="47" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="39"/>
       <c r="B47" s="29" t="s">
         <v>25</v>
       </c>
       <c r="C47" s="30">
-        <v>158</v>
+        <v>240</v>
       </c>
       <c r="D47" s="5"/>
     </row>
     <row r="48" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="39"/>
       <c r="B48" s="27" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="28">
-        <v>225</v>
+        <v>211</v>
       </c>
       <c r="D48" s="5"/>
     </row>
     <row r="49" spans="1:4" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="39"/>
       <c r="B49" s="29" t="s">
         <v>27</v>
       </c>
       <c r="C49" s="30">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="D49" s="5"/>
     </row>
     <row r="50" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="39"/>
       <c r="B50" s="27" t="s">
         <v>28</v>
       </c>
       <c r="C50" s="28">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D50" s="5"/>
     </row>
     <row r="51" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="40"/>
       <c r="B51" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C51" s="30">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="D51" s="5"/>
     </row>
     <row r="52" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B52" s="41"/>
       <c r="C52" s="13">
         <f>SUM(C44:C51)</f>
-        <v>1041</v>
+        <v>1380</v>
       </c>
       <c r="D52" s="5"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="5"/>
       <c r="B53" s="5"/>
       <c r="C53" s="5"/>
       <c r="D53" s="5"/>
     </row>
     <row r="54" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="5"/>
     </row>
     <row r="55" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="38" t="s">
         <v>30</v>
       </c>
       <c r="B55" s="27" t="s">
         <v>22</v>
       </c>
       <c r="C55" s="28">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D55" s="5"/>
     </row>
     <row r="56" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="39"/>
       <c r="B56" s="29" t="s">
         <v>23</v>
       </c>
       <c r="C56" s="30">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D56" s="5"/>
     </row>
     <row r="57" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="39"/>
       <c r="B57" s="27" t="s">
         <v>24</v>
       </c>
       <c r="C57" s="28">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D57" s="5"/>
     </row>
     <row r="58" spans="1:4" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="39"/>
       <c r="B58" s="29" t="s">
         <v>25</v>
       </c>
       <c r="C58" s="30">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="D58" s="5"/>
     </row>
     <row r="59" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="39"/>
       <c r="B59" s="27" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="28">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="D59" s="5"/>
     </row>
     <row r="60" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="39"/>
       <c r="B60" s="29" t="s">
         <v>27</v>
       </c>
       <c r="C60" s="30">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="D60" s="5"/>
     </row>
     <row r="61" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="39"/>
       <c r="B61" s="27" t="s">
         <v>28</v>
       </c>
       <c r="C61" s="28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D61" s="5"/>
     </row>
     <row r="62" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="40"/>
       <c r="B62" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C62" s="30">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="D62" s="5"/>
     </row>
     <row r="63" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B63" s="41"/>
       <c r="C63" s="13">
         <f>SUM(C55:C62)</f>
-        <v>327</v>
+        <v>429</v>
       </c>
       <c r="D63" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A55:A62"/>
     <mergeCell ref="A63:B63"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A36:A37"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="A44:A51"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="A29:A30"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="A15:A18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A22:A25"/>
     <mergeCell ref="A26:B26"/>