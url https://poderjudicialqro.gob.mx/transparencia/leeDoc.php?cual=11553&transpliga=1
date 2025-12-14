--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -1,76 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Septiembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Noviembre\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F429BEA9-73B2-4CD4-83AF-DCF1A95D4782}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8746ABFF-6919-49D9-8048-6C7CD35FECC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="600" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgados Familiares" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
+</file>
+
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C23" i="1" l="1"/>
+  <c r="D23" i="1"/>
+  <c r="E23" i="1"/>
+  <c r="B23" i="1"/>
+</calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="43">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Distrito Judicial Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Juzgado</t>
   </si>
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
   </si>
   <si>
     <t>Promociones acordadas</t>
   </si>
@@ -633,51 +643,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Millares 2" xfId="2" xr:uid="{B54C454E-135D-470C-B464-C181E0F9BD30}"/>
     <cellStyle name="Millares 3" xfId="3" xr:uid="{FDA7F9B9-70EE-4AA2-91EB-3D6153B4BB24}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -935,52 +945,52 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3728CFC7-32AA-476D-9B56-716E2DBC4CAC}">
   <dimension ref="A1:E58"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6:D6"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A28" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B47" sqref="B47:B48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.85546875" customWidth="1"/>
     <col min="2" max="5" width="18.5703125" customWidth="1"/>
     <col min="10" max="10" width="34.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="31"/>
       <c r="C1" s="31"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
     </row>
     <row r="2" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="32" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="32"/>
       <c r="C2" s="32"/>
       <c r="D2" s="32"/>
@@ -991,304 +1001,308 @@
         <v>1</v>
       </c>
       <c r="B3" s="31"/>
       <c r="C3" s="31"/>
       <c r="D3" s="31"/>
       <c r="E3" s="31"/>
     </row>
     <row r="4" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="31">
         <v>2025</v>
       </c>
       <c r="B4" s="31"/>
       <c r="C4" s="31"/>
       <c r="D4" s="31"/>
       <c r="E4" s="31"/>
     </row>
     <row r="5" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="33" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C6" s="34"/>
       <c r="D6" s="34"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="25"/>
       <c r="D9" s="25"/>
       <c r="E9" s="26"/>
     </row>
     <row r="10" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="9">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="C11" s="10">
-        <v>2385</v>
+        <v>2216</v>
       </c>
       <c r="D11" s="10">
-        <v>2350</v>
+        <v>2171</v>
       </c>
       <c r="E11" s="11">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="13">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="C12" s="14">
-        <v>2628</v>
+        <v>2405</v>
       </c>
       <c r="D12" s="14">
-        <v>2644</v>
+        <v>2111</v>
       </c>
       <c r="E12" s="15">
-        <v>36</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="9">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="C13" s="10">
-        <v>2354</v>
+        <v>2085</v>
       </c>
       <c r="D13" s="10">
-        <v>2349</v>
+        <v>2028</v>
       </c>
       <c r="E13" s="11">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="13">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="C14" s="14">
-        <v>2108</v>
+        <v>1973</v>
       </c>
       <c r="D14" s="14">
-        <v>2054</v>
+        <v>1885</v>
       </c>
       <c r="E14" s="15">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="9">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="C15" s="10">
-        <v>2446</v>
+        <v>2411</v>
       </c>
       <c r="D15" s="10">
-        <v>2482</v>
+        <v>2375</v>
       </c>
       <c r="E15" s="11">
-        <v>67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="13">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="C16" s="14">
-        <v>2508</v>
+        <v>2183</v>
       </c>
       <c r="D16" s="14">
-        <v>2384</v>
+        <v>2197</v>
       </c>
       <c r="E16" s="15">
-        <v>65</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="9">
-        <v>102</v>
+        <v>86</v>
       </c>
       <c r="C17" s="10">
-        <v>2009</v>
+        <v>1786</v>
       </c>
       <c r="D17" s="10">
-        <v>1982</v>
+        <v>1551</v>
       </c>
       <c r="E17" s="11">
-        <v>59</v>
+        <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="13">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="C18" s="14">
-        <v>2108</v>
+        <v>1875</v>
       </c>
       <c r="D18" s="14">
-        <v>2340</v>
+        <v>1809</v>
       </c>
       <c r="E18" s="15">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="9">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="C19" s="10">
-        <v>2128</v>
+        <v>1955</v>
       </c>
       <c r="D19" s="10">
-        <v>2117</v>
+        <v>1983</v>
       </c>
       <c r="E19" s="11">
-        <v>41</v>
+        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="13">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="C20" s="14">
-        <v>2233</v>
+        <v>1993</v>
       </c>
       <c r="D20" s="14">
-        <v>2095</v>
+        <v>2050</v>
       </c>
       <c r="E20" s="15">
-        <v>80</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="9">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="C21" s="10">
-        <v>2107</v>
+        <v>1878</v>
       </c>
       <c r="D21" s="10">
-        <v>1956</v>
+        <v>1704</v>
       </c>
       <c r="E21" s="11">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="13">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C22" s="14">
-        <v>1912</v>
+        <v>1781</v>
       </c>
       <c r="D22" s="14">
-        <v>1827</v>
+        <v>1752</v>
       </c>
       <c r="E22" s="15">
-        <v>65</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="17">
-        <v>1306</v>
+        <f>SUM(B11:B22)</f>
+        <v>1149</v>
       </c>
       <c r="C23" s="17">
-        <v>26926</v>
+        <f t="shared" ref="C23:E23" si="0">SUM(C11:C22)</f>
+        <v>24541</v>
       </c>
       <c r="D23" s="17">
-        <v>26580</v>
+        <f t="shared" si="0"/>
+        <v>23616</v>
       </c>
       <c r="E23" s="17">
-        <v>742</v>
+        <f t="shared" si="0"/>
+        <v>688</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="27"/>
       <c r="C26" s="27"/>
       <c r="D26" s="27"/>
       <c r="E26" s="18"/>
     </row>
     <row r="27" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="28" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="29"/>
       <c r="D28" s="30"/>
     </row>
     <row r="29" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>25</v>
@@ -1408,88 +1422,96 @@
       <c r="C37" s="14">
         <v>10</v>
       </c>
       <c r="D37" s="17">
         <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="9">
         <v>88</v>
       </c>
       <c r="C38" s="10">
         <v>1</v>
       </c>
       <c r="D38" s="17">
         <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B39" s="13"/>
-      <c r="C39" s="14"/>
+      <c r="B39" s="13">
+        <v>105</v>
+      </c>
+      <c r="C39" s="14">
+        <v>3</v>
+      </c>
       <c r="D39" s="17">
-        <v>0</v>
+        <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B40" s="19"/>
-      <c r="C40" s="20"/>
+      <c r="B40" s="19">
+        <v>95</v>
+      </c>
+      <c r="C40" s="20">
+        <v>3</v>
+      </c>
       <c r="D40" s="17">
-        <v>0</v>
+        <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B41" s="13"/>
       <c r="C41" s="14"/>
       <c r="D41" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="17">
-        <v>850</v>
+        <v>1138</v>
       </c>
       <c r="C42" s="17">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="D42" s="17">
-        <v>908</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="44" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B44" s="28" t="s">
         <v>24</v>
       </c>
       <c r="C44" s="29"/>
       <c r="D44" s="30"/>
     </row>
     <row r="45" spans="1:4" ht="60" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
@@ -1600,82 +1622,94 @@
       <c r="C53" s="14">
         <v>27</v>
       </c>
       <c r="D53" s="15">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B54" s="9">
         <v>119</v>
       </c>
       <c r="C54" s="10">
         <v>35</v>
       </c>
       <c r="D54" s="11">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B55" s="13"/>
-[...1 lines deleted...]
-      <c r="D55" s="15"/>
+      <c r="B55" s="13">
+        <v>73</v>
+      </c>
+      <c r="C55" s="14">
+        <v>31</v>
+      </c>
+      <c r="D55" s="15">
+        <v>30</v>
+      </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B56" s="9"/>
-[...1 lines deleted...]
-      <c r="D56" s="11"/>
+      <c r="B56" s="9">
+        <v>42</v>
+      </c>
+      <c r="C56" s="10">
+        <v>22</v>
+      </c>
+      <c r="D56" s="11">
+        <v>6</v>
+      </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B57" s="13"/>
       <c r="C57" s="14"/>
       <c r="D57" s="15"/>
     </row>
     <row r="58" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="17">
-        <v>557</v>
+        <v>672</v>
       </c>
       <c r="C58" s="17">
-        <v>295</v>
+        <v>348</v>
       </c>
       <c r="D58" s="17">
-        <v>115</v>
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="A26:D26"/>
     <mergeCell ref="B28:D28"/>
     <mergeCell ref="B44:D44"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">