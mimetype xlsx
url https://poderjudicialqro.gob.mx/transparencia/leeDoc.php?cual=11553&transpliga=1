--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Noviembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Diciembre\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8746ABFF-6919-49D9-8048-6C7CD35FECC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C2EB2AC2-765E-4B07-B6FD-859786750D0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
+    <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgados Familiares" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C23" i="1" l="1"/>
+  <c r="B23" i="1" l="1"/>
+  <c r="C23" i="1"/>
   <c r="D23" i="1"/>
   <c r="E23" i="1"/>
-  <c r="B23" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="43">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Distrito Judicial Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Juzgado</t>
   </si>
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
   </si>
   <si>
     <t>Promociones acordadas</t>
@@ -946,51 +946,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3728CFC7-32AA-476D-9B56-716E2DBC4CAC}">
   <dimension ref="A1:E58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A28" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B47" sqref="B47:B48"/>
+      <selection activeCell="B45" sqref="B45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.85546875" customWidth="1"/>
     <col min="2" max="5" width="18.5703125" customWidth="1"/>
     <col min="10" max="10" width="34.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="31"/>
       <c r="C1" s="31"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
     </row>
     <row r="2" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="32" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="32"/>
       <c r="C2" s="32"/>
       <c r="D2" s="32"/>
@@ -1001,308 +1001,308 @@
         <v>1</v>
       </c>
       <c r="B3" s="31"/>
       <c r="C3" s="31"/>
       <c r="D3" s="31"/>
       <c r="E3" s="31"/>
     </row>
     <row r="4" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="31">
         <v>2025</v>
       </c>
       <c r="B4" s="31"/>
       <c r="C4" s="31"/>
       <c r="D4" s="31"/>
       <c r="E4" s="31"/>
     </row>
     <row r="5" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="34"/>
       <c r="D6" s="34"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="25"/>
       <c r="D9" s="25"/>
       <c r="E9" s="26"/>
     </row>
     <row r="10" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="9">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="C11" s="10">
-        <v>2216</v>
+        <v>1446</v>
       </c>
       <c r="D11" s="10">
-        <v>2171</v>
+        <v>1484</v>
       </c>
       <c r="E11" s="11">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="13">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="C12" s="14">
-        <v>2405</v>
+        <v>1389</v>
       </c>
       <c r="D12" s="14">
-        <v>2111</v>
+        <v>1753</v>
       </c>
       <c r="E12" s="15">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="9">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="C13" s="10">
-        <v>2085</v>
+        <v>1382</v>
       </c>
       <c r="D13" s="10">
-        <v>2028</v>
+        <v>1413</v>
       </c>
       <c r="E13" s="11">
-        <v>59</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="13">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="C14" s="14">
-        <v>1973</v>
+        <v>1243</v>
       </c>
       <c r="D14" s="14">
-        <v>1885</v>
+        <v>1297</v>
       </c>
       <c r="E14" s="15">
-        <v>71</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="9">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="C15" s="10">
-        <v>2411</v>
+        <v>1429</v>
       </c>
       <c r="D15" s="10">
-        <v>2375</v>
+        <v>1331</v>
       </c>
       <c r="E15" s="11">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="13">
-        <v>97</v>
+        <v>59</v>
       </c>
       <c r="C16" s="14">
-        <v>2183</v>
+        <v>1391</v>
       </c>
       <c r="D16" s="14">
-        <v>2197</v>
+        <v>1170</v>
       </c>
       <c r="E16" s="15">
-        <v>51</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="9">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="C17" s="10">
-        <v>1786</v>
+        <v>1117</v>
       </c>
       <c r="D17" s="10">
-        <v>1551</v>
+        <v>1135</v>
       </c>
       <c r="E17" s="11">
-        <v>69</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="13">
-        <v>101</v>
+        <v>62</v>
       </c>
       <c r="C18" s="14">
-        <v>1875</v>
+        <v>1170</v>
       </c>
       <c r="D18" s="14">
-        <v>1809</v>
+        <v>1296</v>
       </c>
       <c r="E18" s="15">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="9">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="C19" s="10">
-        <v>1955</v>
+        <v>1289</v>
       </c>
       <c r="D19" s="10">
-        <v>1983</v>
+        <v>1270</v>
       </c>
       <c r="E19" s="11">
-        <v>48</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="13">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="C20" s="14">
-        <v>1993</v>
+        <v>1179</v>
       </c>
       <c r="D20" s="14">
-        <v>2050</v>
+        <v>1138</v>
       </c>
       <c r="E20" s="15">
-        <v>71</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="9">
-        <v>95</v>
+        <v>61</v>
       </c>
       <c r="C21" s="10">
-        <v>1878</v>
+        <v>1136</v>
       </c>
       <c r="D21" s="10">
-        <v>1704</v>
+        <v>1352</v>
       </c>
       <c r="E21" s="11">
-        <v>66</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="13">
-        <v>105</v>
+        <v>63</v>
       </c>
       <c r="C22" s="14">
-        <v>1781</v>
+        <v>1118</v>
       </c>
       <c r="D22" s="14">
-        <v>1752</v>
+        <v>1131</v>
       </c>
       <c r="E22" s="15">
-        <v>59</v>
+        <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="17">
         <f>SUM(B11:B22)</f>
-        <v>1149</v>
+        <v>707</v>
       </c>
       <c r="C23" s="17">
         <f t="shared" ref="C23:E23" si="0">SUM(C11:C22)</f>
-        <v>24541</v>
+        <v>15289</v>
       </c>
       <c r="D23" s="17">
         <f t="shared" si="0"/>
-        <v>23616</v>
+        <v>15770</v>
       </c>
       <c r="E23" s="17">
         <f t="shared" si="0"/>
-        <v>688</v>
+        <v>427</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="27"/>
       <c r="C26" s="27"/>
       <c r="D26" s="27"/>
       <c r="E26" s="18"/>
     </row>
     <row r="27" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="28" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="29"/>
       <c r="D28" s="30"/>
     </row>
     <row r="29" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>25</v>
@@ -1450,68 +1450,72 @@
       <c r="C39" s="14">
         <v>3</v>
       </c>
       <c r="D39" s="17">
         <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B40" s="19">
         <v>95</v>
       </c>
       <c r="C40" s="20">
         <v>3</v>
       </c>
       <c r="D40" s="17">
         <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="13"/>
-      <c r="C41" s="14"/>
+      <c r="B41" s="13">
+        <v>55</v>
+      </c>
+      <c r="C41" s="14">
+        <v>5</v>
+      </c>
       <c r="D41" s="17">
-        <v>0</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="17">
-        <v>1138</v>
+        <v>1193</v>
       </c>
       <c r="C42" s="17">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D42" s="17">
-        <v>1203</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="44" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B44" s="28" t="s">
         <v>24</v>
       </c>
       <c r="C44" s="29"/>
       <c r="D44" s="30"/>
     </row>
     <row r="45" spans="1:4" ht="60" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
@@ -1650,66 +1654,72 @@
       <c r="C55" s="14">
         <v>31</v>
       </c>
       <c r="D55" s="15">
         <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B56" s="9">
         <v>42</v>
       </c>
       <c r="C56" s="10">
         <v>22</v>
       </c>
       <c r="D56" s="11">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="B57" s="13"/>
-[...1 lines deleted...]
-      <c r="D57" s="15"/>
+      <c r="B57" s="13">
+        <v>31</v>
+      </c>
+      <c r="C57" s="14">
+        <v>14</v>
+      </c>
+      <c r="D57" s="15">
+        <v>10</v>
+      </c>
     </row>
     <row r="58" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="17">
-        <v>672</v>
+        <v>703</v>
       </c>
       <c r="C58" s="17">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="D58" s="17">
-        <v>151</v>
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="A26:D26"/>
     <mergeCell ref="B28:D28"/>
     <mergeCell ref="B44:D44"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">