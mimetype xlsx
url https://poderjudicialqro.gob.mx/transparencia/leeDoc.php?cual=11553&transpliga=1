--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1,86 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Diciembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Febrero\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C2EB2AC2-765E-4B07-B6FD-859786750D0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C99F0334-1651-42BB-91D4-2DF302E45EB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
+    <workbookView xWindow="390" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgados Familiares" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
-</file>
-[...7 lines deleted...]
-</calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="43">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Distrito Judicial Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Juzgado</t>
   </si>
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
   </si>
   <si>
     <t>Promociones acordadas</t>
   </si>
@@ -518,51 +508,51 @@
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -580,59 +570,75 @@
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="3" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="3" fontId="5" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -643,51 +649,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Millares 2" xfId="2" xr:uid="{B54C454E-135D-470C-B464-C181E0F9BD30}"/>
     <cellStyle name="Millares 3" xfId="3" xr:uid="{FDA7F9B9-70EE-4AA2-91EB-3D6153B4BB24}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -945,781 +951,657 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3728CFC7-32AA-476D-9B56-716E2DBC4CAC}">
   <dimension ref="A1:E58"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A28" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B45" sqref="B45"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6:D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.85546875" customWidth="1"/>
     <col min="2" max="5" width="18.5703125" customWidth="1"/>
     <col min="10" max="10" width="34.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="31" t="s">
+      <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="31"/>
-[...2 lines deleted...]
-      <c r="E1" s="31"/>
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
     </row>
     <row r="2" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A2" s="32" t="s">
+      <c r="A2" s="40" t="s">
         <v>8</v>
       </c>
-      <c r="B2" s="32"/>
-[...2 lines deleted...]
-      <c r="E2" s="32"/>
+      <c r="B2" s="40"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="40"/>
+      <c r="E2" s="40"/>
     </row>
     <row r="3" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A3" s="31" t="s">
+      <c r="A3" s="39" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="31"/>
-[...2 lines deleted...]
-      <c r="E3" s="31"/>
+      <c r="B3" s="39"/>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
     </row>
     <row r="4" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A4" s="31">
-[...5 lines deleted...]
-      <c r="E4" s="31"/>
+      <c r="A4" s="39">
+        <v>2026</v>
+      </c>
+      <c r="B4" s="39"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="39"/>
+      <c r="E4" s="39"/>
     </row>
     <row r="5" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="33" t="s">
-[...3 lines deleted...]
-      <c r="D6" s="34"/>
+      <c r="B6" s="41" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="42"/>
+      <c r="D6" s="42"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="24" t="s">
+      <c r="B9" s="32" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="25"/>
-[...1 lines deleted...]
-      <c r="E9" s="26"/>
+      <c r="C9" s="33"/>
+      <c r="D9" s="33"/>
+      <c r="E9" s="34"/>
     </row>
     <row r="10" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="9">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="C11" s="10">
-        <v>1446</v>
+        <v>2220</v>
       </c>
       <c r="D11" s="10">
-        <v>1484</v>
+        <v>2161</v>
       </c>
       <c r="E11" s="11">
-        <v>47</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="13">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="C12" s="14">
-        <v>1389</v>
+        <v>2566</v>
       </c>
       <c r="D12" s="14">
-        <v>1753</v>
+        <v>2411</v>
       </c>
       <c r="E12" s="15">
-        <v>18</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="9">
+        <v>108</v>
+      </c>
+      <c r="C13" s="10">
+        <v>2086</v>
+      </c>
+      <c r="D13" s="10">
+        <v>1992</v>
+      </c>
+      <c r="E13" s="11">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="13">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C14" s="14">
-        <v>1243</v>
+        <v>1975</v>
       </c>
       <c r="D14" s="14">
-        <v>1297</v>
+        <v>1977</v>
       </c>
       <c r="E14" s="15">
-        <v>32</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="9">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="C15" s="10">
-        <v>1429</v>
+        <v>2316</v>
       </c>
       <c r="D15" s="10">
-        <v>1331</v>
+        <v>2243</v>
       </c>
       <c r="E15" s="11">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="13">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="C16" s="14">
-        <v>1391</v>
+        <v>2270</v>
       </c>
       <c r="D16" s="14">
-        <v>1170</v>
+        <v>2244</v>
       </c>
       <c r="E16" s="15">
-        <v>25</v>
+        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="9">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="C17" s="10">
-        <v>1117</v>
+        <v>1858</v>
       </c>
       <c r="D17" s="10">
-        <v>1135</v>
+        <v>1791</v>
       </c>
       <c r="E17" s="11">
-        <v>41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="13">
-        <v>62</v>
+        <v>105</v>
       </c>
       <c r="C18" s="14">
-        <v>1170</v>
+        <v>2034</v>
       </c>
       <c r="D18" s="14">
-        <v>1296</v>
+        <v>1984</v>
       </c>
       <c r="E18" s="15">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="9">
+        <v>102</v>
+      </c>
+      <c r="C19" s="10">
+        <v>1907</v>
+      </c>
+      <c r="D19" s="10">
+        <v>1998</v>
+      </c>
+      <c r="E19" s="11">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="13">
-        <v>57</v>
+        <v>107</v>
       </c>
       <c r="C20" s="14">
-        <v>1179</v>
+        <v>2059</v>
       </c>
       <c r="D20" s="14">
-        <v>1138</v>
+        <v>1971</v>
       </c>
       <c r="E20" s="15">
-        <v>26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="9">
-        <v>61</v>
+        <v>106</v>
       </c>
       <c r="C21" s="10">
-        <v>1136</v>
+        <v>2027</v>
       </c>
       <c r="D21" s="10">
-        <v>1352</v>
+        <v>2028</v>
       </c>
       <c r="E21" s="11">
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="13">
-        <v>63</v>
+        <v>111</v>
       </c>
       <c r="C22" s="14">
-        <v>1118</v>
+        <v>1797</v>
       </c>
       <c r="D22" s="14">
-        <v>1131</v>
+        <v>1734</v>
       </c>
       <c r="E22" s="15">
-        <v>34</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="17">
-        <f>SUM(B11:B22)</f>
-        <v>707</v>
+        <v>1259</v>
       </c>
       <c r="C23" s="17">
-        <f t="shared" ref="C23:E23" si="0">SUM(C11:C22)</f>
-        <v>15289</v>
+        <v>25115</v>
       </c>
       <c r="D23" s="17">
-        <f t="shared" si="0"/>
-        <v>15770</v>
+        <v>24534</v>
       </c>
       <c r="E23" s="17">
-        <f t="shared" si="0"/>
-        <v>427</v>
+        <v>726</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="27" t="s">
+      <c r="A26" s="35" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="27"/>
-[...1 lines deleted...]
-      <c r="D26" s="27"/>
+      <c r="B26" s="35"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="35"/>
       <c r="E26" s="18"/>
     </row>
     <row r="27" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="28" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B28" s="28" t="s">
+      <c r="B28" s="36" t="s">
         <v>24</v>
       </c>
-      <c r="C28" s="29"/>
-      <c r="D28" s="30"/>
+      <c r="C28" s="37"/>
+      <c r="D28" s="38"/>
     </row>
     <row r="29" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D29" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="B30" s="9">
-[...6 lines deleted...]
-        <v>148</v>
+      <c r="B30" s="22">
+        <v>88</v>
+      </c>
+      <c r="C30" s="23">
+        <v>3</v>
+      </c>
+      <c r="D30" s="24">
+        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="B31" s="13">
-[...6 lines deleted...]
-        <v>117</v>
+      <c r="B31" s="25">
+        <v>61</v>
+      </c>
+      <c r="C31" s="26">
+        <v>7</v>
+      </c>
+      <c r="D31" s="24">
+        <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="B32" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B32" s="22"/>
+      <c r="C32" s="23"/>
+      <c r="D32" s="24"/>
     </row>
     <row r="33" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B33" s="25"/>
+      <c r="C33" s="26"/>
+      <c r="D33" s="24"/>
     </row>
     <row r="34" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="B34" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="B34" s="27"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="29"/>
     </row>
     <row r="35" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="B35" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B35" s="25"/>
+      <c r="C35" s="26"/>
+      <c r="D35" s="30"/>
     </row>
     <row r="36" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="B36" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B36" s="22"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="24"/>
     </row>
     <row r="37" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="B37" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B37" s="25"/>
+      <c r="C37" s="26"/>
+      <c r="D37" s="24"/>
     </row>
     <row r="38" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B38" s="22"/>
+      <c r="C38" s="23"/>
+      <c r="D38" s="24"/>
     </row>
     <row r="39" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B39" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B39" s="25"/>
+      <c r="C39" s="26"/>
+      <c r="D39" s="24"/>
     </row>
     <row r="40" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B40" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="B40" s="27"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="24"/>
     </row>
     <row r="41" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B41" s="25"/>
+      <c r="C41" s="26"/>
+      <c r="D41" s="24"/>
     </row>
     <row r="42" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="B42" s="17">
-[...6 lines deleted...]
-        <v>1263</v>
+      <c r="B42" s="31">
+        <v>149</v>
+      </c>
+      <c r="C42" s="31">
+        <v>10</v>
+      </c>
+      <c r="D42" s="31">
+        <v>159</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="44" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B44" s="28" t="s">
+      <c r="B44" s="36" t="s">
         <v>24</v>
       </c>
-      <c r="C44" s="29"/>
-      <c r="D44" s="30"/>
+      <c r="C44" s="37"/>
+      <c r="D44" s="38"/>
     </row>
     <row r="45" spans="1:4" ht="60" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B46" s="9">
-        <v>14</v>
+        <v>131</v>
       </c>
       <c r="C46" s="10">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D46" s="11">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B47" s="13">
-        <v>113</v>
+        <v>54</v>
       </c>
       <c r="C47" s="14">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D47" s="15">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="B48" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B48" s="9"/>
+      <c r="C48" s="10"/>
+      <c r="D48" s="11"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="B49" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B49" s="13"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="15"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="B50" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="B50" s="19"/>
+      <c r="C50" s="20"/>
+      <c r="D50" s="21"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="B51" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B51" s="13"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="15"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="B52" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B52" s="9"/>
+      <c r="C52" s="10"/>
+      <c r="D52" s="11"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="B53" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B53" s="13"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="15"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B54" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B54" s="9"/>
+      <c r="C54" s="10"/>
+      <c r="D54" s="11"/>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B55" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B55" s="13"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="15"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B56" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="10"/>
+      <c r="D56" s="11"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="B57" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="B57" s="13"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="15"/>
     </row>
     <row r="58" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="17">
-        <v>703</v>
+        <v>185</v>
       </c>
       <c r="C58" s="17">
-        <v>362</v>
+        <v>50</v>
       </c>
       <c r="D58" s="17">
-        <v>161</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="A26:D26"/>
     <mergeCell ref="B28:D28"/>
     <mergeCell ref="B44:D44"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">