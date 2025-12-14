--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -1,78 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Septiembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Noviembre\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{751A6048-EB74-43D8-A153-A3FFC1A13E34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D8E8EA0-435B-45C1-A72D-EC3A94F109C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
+    <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgados Civiles SJR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C16" i="1" l="1"/>
+  <c r="D16" i="1"/>
+  <c r="E16" i="1"/>
+  <c r="B16" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Juzgado</t>
   </si>
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
   </si>
   <si>
     <t>Promociones acordadas</t>
   </si>
   <si>
     <t>TOTALES</t>
   </si>
   <si>
     <t>Distrito Judicial San Juan del Río</t>
@@ -80,51 +90,51 @@
   <si>
     <t>1° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>2° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>3° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>4° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>5° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>MIXTOS</t>
   </si>
   <si>
     <t>Datos estadísticos de los Juzgados Mixtos de Primera Instancia</t>
   </si>
   <si>
     <t>Sentencias Dictadas (Interlocutorias + Definitivas)</t>
   </si>
   <si>
-    <t>Septiembre</t>
+    <t>Noviembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -375,138 +385,135 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="3" fillId="3" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Millares 2" xfId="1" xr:uid="{4AED30E9-9116-4484-A620-55E302E484B8}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -765,239 +772,243 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3728CFC7-32AA-476D-9B56-716E2DBC4CAC}">
   <dimension ref="A1:E22"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B16" sqref="B16:E16"/>
+      <selection activeCell="B6" sqref="B6:D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="5" width="18.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="19" t="s">
+      <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="19"/>
-[...2 lines deleted...]
-      <c r="E1" s="19"/>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="20" t="s">
+      <c r="A2" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="B2" s="20"/>
-[...2 lines deleted...]
-      <c r="E2" s="20"/>
+      <c r="B2" s="19"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
     </row>
     <row r="3" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="19"/>
-[...2 lines deleted...]
-      <c r="E3" s="19"/>
+      <c r="B3" s="18"/>
+      <c r="C3" s="18"/>
+      <c r="D3" s="18"/>
+      <c r="E3" s="18"/>
     </row>
     <row r="4" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A4" s="19">
+      <c r="A4" s="18">
         <v>2025</v>
       </c>
-      <c r="B4" s="19"/>
-[...2 lines deleted...]
-      <c r="E4" s="19"/>
+      <c r="B4" s="18"/>
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
     </row>
     <row r="5" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="21" t="s">
+      <c r="B6" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="22"/>
-      <c r="D6" s="22"/>
+      <c r="C6" s="21"/>
+      <c r="D6" s="21"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="16" t="s">
+      <c r="B9" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="17"/>
-[...1 lines deleted...]
-      <c r="E9" s="18"/>
+      <c r="C9" s="16"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="17"/>
     </row>
     <row r="10" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="12">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="C11" s="13">
-        <v>1905</v>
+        <v>1783</v>
       </c>
       <c r="D11" s="13">
-        <v>1924</v>
+        <v>1781</v>
       </c>
       <c r="E11" s="13">
-        <v>64</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="9">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C12" s="10">
-        <v>2031</v>
+        <v>1855</v>
       </c>
       <c r="D12" s="10">
-        <v>1987</v>
+        <v>1924</v>
       </c>
       <c r="E12" s="10">
-        <v>75</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="C13" s="13">
-        <v>1806</v>
+        <v>1616</v>
       </c>
       <c r="D13" s="13">
-        <v>1831</v>
+        <v>1698</v>
       </c>
       <c r="E13" s="13">
-        <v>54</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="9">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="C14" s="10">
-        <v>1830</v>
+        <v>1712</v>
       </c>
       <c r="D14" s="10">
-        <v>1773</v>
+        <v>1657</v>
       </c>
       <c r="E14" s="10">
-        <v>57</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
-        <v>125</v>
+        <v>106</v>
       </c>
       <c r="C15" s="13">
-        <v>1579</v>
+        <v>1353</v>
       </c>
       <c r="D15" s="13">
-        <v>1575</v>
+        <v>1376</v>
       </c>
       <c r="E15" s="13">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="14">
-        <v>594</v>
+        <f>SUM(B11:B15)</f>
+        <v>541</v>
       </c>
       <c r="C16" s="14">
-        <v>9151</v>
+        <f t="shared" ref="C16:E16" si="0">SUM(C11:C15)</f>
+        <v>8319</v>
       </c>
       <c r="D16" s="14">
-        <v>9090</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <f t="shared" si="0"/>
+        <v>8436</v>
+      </c>
+      <c r="E16" s="14">
+        <f t="shared" si="0"/>
+        <v>289</v>
       </c>
     </row>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>