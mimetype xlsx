--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Noviembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Diciembre\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D8E8EA0-435B-45C1-A72D-EC3A94F109C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B3B380DE-9915-4C3E-9547-599A2F811351}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgados Civiles SJR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C16" i="1" l="1"/>
   <c r="D16" i="1"/>
+  <c r="B16" i="1"/>
   <c r="E16" i="1"/>
-  <c r="B16" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Juzgado</t>
   </si>
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
   </si>
   <si>
     <t>Promociones acordadas</t>
   </si>
   <si>
     <t>TOTALES</t>
@@ -90,51 +90,51 @@
   <si>
     <t>1° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>2° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>3° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>4° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>5° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>MIXTOS</t>
   </si>
   <si>
     <t>Datos estadísticos de los Juzgados Mixtos de Primera Instancia</t>
   </si>
   <si>
     <t>Sentencias Dictadas (Interlocutorias + Definitivas)</t>
   </si>
   <si>
-    <t>Noviembre</t>
+    <t>Diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -866,149 +866,149 @@
       <c r="D9" s="16"/>
       <c r="E9" s="17"/>
     </row>
     <row r="10" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="12">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="C11" s="13">
-        <v>1783</v>
+        <v>1146</v>
       </c>
       <c r="D11" s="13">
-        <v>1781</v>
+        <v>1115</v>
       </c>
       <c r="E11" s="13">
-        <v>76</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="9">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="C12" s="10">
-        <v>1855</v>
+        <v>1087</v>
       </c>
       <c r="D12" s="10">
-        <v>1924</v>
+        <v>1219</v>
       </c>
       <c r="E12" s="10">
-        <v>59</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
-        <v>105</v>
+        <v>60</v>
       </c>
       <c r="C13" s="13">
-        <v>1616</v>
+        <v>950</v>
       </c>
       <c r="D13" s="13">
-        <v>1698</v>
+        <v>889</v>
       </c>
       <c r="E13" s="13">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="9">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="C14" s="10">
-        <v>1712</v>
+        <v>986</v>
       </c>
       <c r="D14" s="10">
-        <v>1657</v>
+        <v>1107</v>
       </c>
       <c r="E14" s="10">
-        <v>73</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
-        <v>106</v>
+        <v>63</v>
       </c>
       <c r="C15" s="13">
-        <v>1353</v>
+        <v>826</v>
       </c>
       <c r="D15" s="13">
-        <v>1376</v>
+        <v>933</v>
       </c>
       <c r="E15" s="13">
-        <v>49</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="14">
         <f>SUM(B11:B15)</f>
-        <v>541</v>
+        <v>303</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" ref="C16:E16" si="0">SUM(C11:C15)</f>
-        <v>8319</v>
+        <v>4995</v>
       </c>
       <c r="D16" s="14">
         <f t="shared" si="0"/>
-        <v>8436</v>
+        <v>5263</v>
       </c>
       <c r="E16" s="14">
         <f t="shared" si="0"/>
-        <v>289</v>
+        <v>146</v>
       </c>
     </row>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>