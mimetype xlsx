--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1,88 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Diciembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Febrero\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B3B380DE-9915-4C3E-9547-599A2F811351}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{389D5E00-188C-4A34-B35A-CF88B33386C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
+    <workbookView xWindow="390" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgados Civiles SJR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Juzgado</t>
   </si>
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
   </si>
   <si>
     <t>Promociones acordadas</t>
   </si>
   <si>
     <t>TOTALES</t>
   </si>
   <si>
     <t>Distrito Judicial San Juan del Río</t>
@@ -90,51 +80,51 @@
   <si>
     <t>1° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>2° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>3° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>4° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>5° Civil de San Juan del Río</t>
   </si>
   <si>
     <t>MIXTOS</t>
   </si>
   <si>
     <t>Datos estadísticos de los Juzgados Mixtos de Primera Instancia</t>
   </si>
   <si>
     <t>Sentencias Dictadas (Interlocutorias + Definitivas)</t>
   </si>
   <si>
-    <t>Diciembre</t>
+    <t>Febrero</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -469,51 +459,51 @@
     <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Millares 2" xfId="1" xr:uid="{4AED30E9-9116-4484-A620-55E302E484B8}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -810,51 +800,51 @@
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="19"/>
       <c r="C2" s="19"/>
       <c r="D2" s="19"/>
       <c r="E2" s="19"/>
     </row>
     <row r="3" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="18"/>
       <c r="C3" s="18"/>
       <c r="D3" s="18"/>
       <c r="E3" s="18"/>
     </row>
     <row r="4" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="18">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B4" s="18"/>
       <c r="C4" s="18"/>
       <c r="D4" s="18"/>
       <c r="E4" s="18"/>
     </row>
     <row r="5" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="21"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
@@ -866,149 +856,145 @@
       <c r="D9" s="16"/>
       <c r="E9" s="17"/>
     </row>
     <row r="10" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="12">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="C11" s="13">
-        <v>1146</v>
+        <v>1858</v>
       </c>
       <c r="D11" s="13">
-        <v>1115</v>
+        <v>1858</v>
       </c>
       <c r="E11" s="13">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="9">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="C12" s="10">
-        <v>1087</v>
+        <v>1844</v>
       </c>
       <c r="D12" s="10">
-        <v>1219</v>
+        <v>1803</v>
       </c>
       <c r="E12" s="10">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="C13" s="13">
-        <v>950</v>
+        <v>1578</v>
       </c>
       <c r="D13" s="13">
-        <v>889</v>
+        <v>1651</v>
       </c>
       <c r="E13" s="13">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="9">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="C14" s="10">
-        <v>986</v>
+        <v>1573</v>
       </c>
       <c r="D14" s="10">
-        <v>1107</v>
+        <v>1593</v>
       </c>
       <c r="E14" s="10">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="C15" s="13">
-        <v>826</v>
+        <v>1341</v>
       </c>
       <c r="D15" s="13">
-        <v>933</v>
+        <v>1397</v>
       </c>
       <c r="E15" s="13">
-        <v>41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="14">
-        <f>SUM(B11:B15)</f>
-        <v>303</v>
+        <v>571</v>
       </c>
       <c r="C16" s="14">
-        <f t="shared" ref="C16:E16" si="0">SUM(C11:C15)</f>
-        <v>4995</v>
+        <v>8194</v>
       </c>
       <c r="D16" s="14">
-        <f t="shared" si="0"/>
-        <v>5263</v>
+        <v>8302</v>
       </c>
       <c r="E16" s="14">
-        <f t="shared" si="0"/>
-        <v>146</v>
+        <v>209</v>
       </c>
     </row>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>